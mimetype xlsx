--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -266,62 +266,62 @@
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="42" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="42" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency [0]" xfId="1" builtinId="7"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
@@ -1096,200 +1096,200 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G8"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="1.06640625" customWidth="1"/>
     <col min="2" max="2" width="6" bestFit="1" customWidth="1"/>
     <col min="3" max="6" width="14.3984375" customWidth="1"/>
     <col min="7" max="7" width="15.73046875" customWidth="1"/>
   </cols>
   <sheetData>
     <row ht="28.5" customHeight="1" thickBot="1">
-      <c r="B1" s="3" t="s">
+      <c r="B1" s="5" t="s">
         <v>3</v>
       </c>
-      <c s="3"/>
-[...3 lines deleted...]
-      <c s="3"/>
+      <c s="5"/>
+      <c s="5"/>
+      <c s="5"/>
+      <c s="5"/>
+      <c s="5"/>
     </row>
     <row ht="17.65" thickTop="1" thickBot="1">
-      <c r="B2" s="5"/>
-      <c s="5" t="s">
+      <c r="B2" s="3"/>
+      <c s="3" t="s">
         <v>2</v>
       </c>
-      <c s="5" t="s">
+      <c s="3" t="s">
         <v>6</v>
       </c>
-      <c s="5" t="s">
+      <c s="3" t="s">
         <v>9</v>
       </c>
-      <c s="5" t="s">
+      <c s="3" t="s">
         <v>7</v>
       </c>
-      <c s="5" t="s">
+      <c s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row ht="16.15" thickTop="1">
-      <c r="B3" s="8" t="s">
+      <c r="B3" s="7" t="s">
         <v>1</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="C3:F6">ROUND(RAND()*1000000,2)</f>
-        <v>776980.25</v>
+        <v>576767.16</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>443490.56</v>
+        <v>152550.14</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>923558.33</v>
+        <v>595404.58</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>838272.87</v>
+        <v>787199.89</v>
       </c>
       <c s="10">
         <f ca="1" t="shared" si="1" ref="G3:G6">SUM(C3:F3)</f>
-        <v>2982302.0100000002</v>
+        <v>2111921.77</v>
       </c>
     </row>
     <row ht="15.75">
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="8" t="s">
         <v>4</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>751328.26</v>
+        <v>262553.09</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>519102.38</v>
+        <v>348974.09</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>740594.78</v>
+        <v>850964.83</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>436903.25</v>
+        <v>580667.37</v>
       </c>
       <c s="10">
         <f ca="1" t="shared" si="1"/>
-        <v>2447928.67</v>
+        <v>2043159.38</v>
       </c>
     </row>
     <row ht="15.75">
-      <c r="B5" s="8" t="s">
+      <c r="B5" s="7" t="s">
         <v>8</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>771962.91</v>
+        <v>942701.9</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>982572.53</v>
+        <v>413967.25</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>825781.43</v>
+        <v>990517.36</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>430910.72</v>
+        <v>878218.22</v>
       </c>
       <c s="10">
         <f ca="1" t="shared" si="1"/>
-        <v>3011227.59</v>
+        <v>3225404.7299999995</v>
       </c>
     </row>
     <row ht="15.75">
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="8" t="s">
         <v>0</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>370544.52</v>
+        <v>587395.19</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>532254.2</v>
+        <v>74588.33</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>409755.57</v>
+        <v>925209.13</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>350621.12</v>
+        <v>633837.99</v>
       </c>
       <c s="10">
         <f ca="1" t="shared" si="1"/>
-        <v>1663175.4100000001</v>
+        <v>2221030.6399999997</v>
       </c>
     </row>
     <row ht="16.9">
       <c r="B7" s="9" t="s">
         <v>5</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2" ref="C7:G7">SUM(C3:C6)</f>
-        <v>2670815.94</v>
+        <v>2369417.34</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>2477419.67</v>
+        <v>990079.8099999999</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>2899690.11</v>
+        <v>3362095.9</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>2056707.96</v>
+        <v>2879923.4699999997</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>10104633.68</v>
+        <v>9601516.52</v>
       </c>
     </row>
     <row>
       <c r="B8" s="4"/>
       <c s="4"/>
       <c s="4"/>
       <c s="4"/>
       <c s="4"/>
       <c s="4"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:G1"/>
   </mergeCells>
   <conditionalFormatting sqref="B3:G6">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;18ABC Company Sales for 2008</oddHeader>
   </headerFooter>