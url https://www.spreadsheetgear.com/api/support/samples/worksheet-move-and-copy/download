--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -264,59 +264,59 @@
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="42" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="42" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="42" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency [0]" xfId="1" builtinId="7"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
@@ -1096,209 +1096,209 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G8"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="1.06640625" customWidth="1"/>
     <col min="2" max="2" width="6" bestFit="1" customWidth="1"/>
     <col min="3" max="6" width="14.3984375" customWidth="1"/>
     <col min="7" max="7" width="15.73046875" customWidth="1"/>
   </cols>
   <sheetData>
     <row ht="28.5" customHeight="1" thickBot="1">
-      <c r="B1" s="5" t="s">
+      <c r="B1" s="3" t="s">
         <v>3</v>
       </c>
+      <c s="3"/>
+      <c s="3"/>
+      <c s="3"/>
+      <c s="3"/>
+      <c s="3"/>
+    </row>
+    <row ht="17.65" thickTop="1" thickBot="1">
+      <c r="B2" s="4"/>
+      <c s="4" t="s">
+        <v>2</v>
+      </c>
+      <c s="4" t="s">
+        <v>6</v>
+      </c>
+      <c s="4" t="s">
+        <v>9</v>
+      </c>
+      <c s="4" t="s">
+        <v>7</v>
+      </c>
+      <c s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row ht="16.15" thickTop="1">
+      <c r="B3" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0" ref="C3:F6">ROUND(RAND()*1000000,2)</f>
+        <v>820538.82</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>894991.34</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>721706.63</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>239024.42</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1" ref="G3:G6">SUM(C3:F3)</f>
+        <v>2676261.21</v>
+      </c>
+    </row>
+    <row ht="15.75">
+      <c r="B4" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>909500.06</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>440480.36</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>503486.43</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>198797.16</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1"/>
+        <v>2052264.0099999998</v>
+      </c>
+    </row>
+    <row ht="15.75">
+      <c r="B5" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>709675.02</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>573330.22</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>622022.23</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>821300.25</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1"/>
+        <v>2726327.7199999997</v>
+      </c>
+    </row>
+    <row ht="15.75">
+      <c r="B6" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>821336.47</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>763831.54</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>890584.76</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>355223.71</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1"/>
+        <v>2830976.48</v>
+      </c>
+    </row>
+    <row ht="16.9">
+      <c r="B7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2" ref="C7:G7">SUM(C3:C6)</f>
+        <v>3261050.37</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>2672633.46</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>2737800.05</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>1614345.54</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>10285829.42</v>
+      </c>
+    </row>
+    <row>
+      <c r="B8" s="5"/>
       <c s="5"/>
       <c s="5"/>
       <c s="5"/>
       <c s="5"/>
       <c s="5"/>
-    </row>
-[...149 lines deleted...]
-      <c s="4"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:G1"/>
   </mergeCells>
   <conditionalFormatting sqref="B3:G6">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;18ABC Company Sales for 2008</oddHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>