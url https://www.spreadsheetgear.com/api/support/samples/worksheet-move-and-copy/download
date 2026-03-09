--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -269,65 +269,65 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="42" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="42" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency [0]" xfId="1" builtinId="7"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
@@ -1106,199 +1106,199 @@
   <dimension ref="B1:G8"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="1.06640625" customWidth="1"/>
     <col min="2" max="2" width="6" bestFit="1" customWidth="1"/>
     <col min="3" max="6" width="14.3984375" customWidth="1"/>
     <col min="7" max="7" width="15.73046875" customWidth="1"/>
   </cols>
   <sheetData>
     <row ht="28.5" customHeight="1" thickBot="1">
       <c r="B1" s="3" t="s">
         <v>3</v>
       </c>
       <c s="3"/>
       <c s="3"/>
       <c s="3"/>
       <c s="3"/>
       <c s="3"/>
     </row>
     <row ht="17.65" thickTop="1" thickBot="1">
-      <c r="B2" s="4"/>
-      <c s="4" t="s">
+      <c r="B2" s="5"/>
+      <c s="5" t="s">
         <v>2</v>
       </c>
-      <c s="4" t="s">
+      <c s="5" t="s">
         <v>6</v>
       </c>
-      <c s="4" t="s">
+      <c s="5" t="s">
         <v>9</v>
       </c>
-      <c s="4" t="s">
+      <c s="5" t="s">
         <v>7</v>
       </c>
-      <c s="4" t="s">
+      <c s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row ht="16.15" thickTop="1">
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="8" t="s">
         <v>1</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0" ref="C3:F6">ROUND(RAND()*1000000,2)</f>
-        <v>820538.82</v>
+        <v>869095.63</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>894991.34</v>
+        <v>48657.28</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>721706.63</v>
+        <v>210108.18</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>239024.42</v>
-[...1 lines deleted...]
-      <c s="10">
+        <v>7791.28</v>
+      </c>
+      <c s="9">
         <f ca="1" t="shared" si="1" ref="G3:G6">SUM(C3:F3)</f>
-        <v>2676261.21</v>
+        <v>1135652.37</v>
       </c>
     </row>
     <row ht="15.75">
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="7" t="s">
         <v>4</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>909500.06</v>
+        <v>503044.63</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>440480.36</v>
+        <v>229033.65</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>503486.43</v>
+        <v>71251.46</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>198797.16</v>
-[...1 lines deleted...]
-      <c s="10">
+        <v>288339.71</v>
+      </c>
+      <c s="9">
         <f ca="1" t="shared" si="1"/>
-        <v>2052264.0099999998</v>
+        <v>1091669.45</v>
       </c>
     </row>
     <row ht="15.75">
-      <c r="B5" s="7" t="s">
+      <c r="B5" s="8" t="s">
         <v>8</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>709675.02</v>
+        <v>359594.22</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>573330.22</v>
+        <v>76892.43</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>622022.23</v>
+        <v>455287</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>821300.25</v>
-[...1 lines deleted...]
-      <c s="10">
+        <v>90181.04</v>
+      </c>
+      <c s="9">
         <f ca="1" t="shared" si="1"/>
-        <v>2726327.7199999997</v>
+        <v>981954.69</v>
       </c>
     </row>
     <row ht="15.75">
-      <c r="B6" s="8" t="s">
+      <c r="B6" s="7" t="s">
         <v>0</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>821336.47</v>
+        <v>723129.04</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>763831.54</v>
+        <v>899797.95</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>890584.76</v>
+        <v>538911.86</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>355223.71</v>
-[...1 lines deleted...]
-      <c s="10">
+        <v>393303.75</v>
+      </c>
+      <c s="9">
         <f ca="1" t="shared" si="1"/>
-        <v>2830976.48</v>
+        <v>2555142.6</v>
       </c>
     </row>
     <row ht="16.9">
-      <c r="B7" s="9" t="s">
+      <c r="B7" s="10" t="s">
         <v>5</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2" ref="C7:G7">SUM(C3:C6)</f>
-        <v>3261050.37</v>
+        <v>2454863.52</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>2672633.46</v>
+        <v>1254381.31</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>2737800.05</v>
+        <v>1275558.5</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>1614345.54</v>
+        <v>779615.78</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>10285829.42</v>
+        <v>5764419.11</v>
       </c>
     </row>
     <row>
-      <c r="B8" s="5"/>
-[...4 lines deleted...]
-      <c s="5"/>
+      <c r="B8" s="4"/>
+      <c s="4"/>
+      <c s="4"/>
+      <c s="4"/>
+      <c s="4"/>
+      <c s="4"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:G1"/>
   </mergeCells>
   <conditionalFormatting sqref="B3:G6">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;18ABC Company Sales for 2008</oddHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>