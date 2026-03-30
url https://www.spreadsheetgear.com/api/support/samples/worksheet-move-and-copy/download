--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -266,68 +266,68 @@
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="42" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="42" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency [0]" xfId="1" builtinId="7"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
@@ -1096,209 +1096,209 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:G8"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="1.06640625" customWidth="1"/>
     <col min="2" max="2" width="6" bestFit="1" customWidth="1"/>
     <col min="3" max="6" width="14.3984375" customWidth="1"/>
     <col min="7" max="7" width="15.73046875" customWidth="1"/>
   </cols>
   <sheetData>
     <row ht="28.5" customHeight="1" thickBot="1">
-      <c r="B1" s="3" t="s">
+      <c r="B1" s="4" t="s">
         <v>3</v>
       </c>
-      <c s="3"/>
-[...149 lines deleted...]
-      <c r="B8" s="4"/>
       <c s="4"/>
       <c s="4"/>
       <c s="4"/>
       <c s="4"/>
       <c s="4"/>
+    </row>
+    <row ht="17.65" thickTop="1" thickBot="1">
+      <c r="B2" s="3"/>
+      <c s="3" t="s">
+        <v>2</v>
+      </c>
+      <c s="3" t="s">
+        <v>6</v>
+      </c>
+      <c s="3" t="s">
+        <v>9</v>
+      </c>
+      <c s="3" t="s">
+        <v>7</v>
+      </c>
+      <c s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row ht="16.15" thickTop="1">
+      <c r="B3" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0" ref="C3:F6">ROUND(RAND()*1000000,2)</f>
+        <v>222507.78</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>246218.65</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>231515.02</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>20592.37</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1" ref="G3:G6">SUM(C3:F3)</f>
+        <v>720833.82</v>
+      </c>
+    </row>
+    <row ht="15.75">
+      <c r="B4" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>134331.21</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>753259.43</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>951409.24</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>853506.09</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1"/>
+        <v>2692505.9699999997</v>
+      </c>
+    </row>
+    <row ht="15.75">
+      <c r="B5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>312361.07</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>871214.37</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>554460.38</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>34832.61</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1"/>
+        <v>1772868.43</v>
+      </c>
+    </row>
+    <row ht="15.75">
+      <c r="B6" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>28947.9</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>931899.62</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>176833.01</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>244687.06</v>
+      </c>
+      <c s="10">
+        <f ca="1" t="shared" si="1"/>
+        <v>1382367.59</v>
+      </c>
+    </row>
+    <row ht="16.9">
+      <c r="B7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2" ref="C7:G7">SUM(C3:C6)</f>
+        <v>698147.9600000001</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>2802592.0700000003</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>1914217.6500000001</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>1153618.13</v>
+      </c>
+      <c s="6">
+        <f ca="1" t="shared" si="2"/>
+        <v>6568575.81</v>
+      </c>
+    </row>
+    <row>
+      <c r="B8" s="5"/>
+      <c s="5"/>
+      <c s="5"/>
+      <c s="5"/>
+      <c s="5"/>
+      <c s="5"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:G1"/>
   </mergeCells>
   <conditionalFormatting sqref="B3:G6">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;18ABC Company Sales for 2008</oddHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>