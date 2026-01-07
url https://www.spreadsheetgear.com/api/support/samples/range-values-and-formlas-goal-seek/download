--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -221,59 +221,59 @@
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -592,95 +592,95 @@
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="2" max="2" width="26.265625" customWidth="1"/>
     <col min="3" max="3" width="17.3984375" customWidth="1"/>
     <col min="4" max="4" width="62.265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c r="B1" s="2" t="s">
         <v>9</v>
       </c>
       <c s="2"/>
     </row>
     <row r="3">
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c s="3">
+      <c s="4">
         <v>1000</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c s="6">
+      <c s="7">
         <v>0.06</v>
       </c>
     </row>
     <row>
       <c r="B6" t="s">
         <v>3</v>
       </c>
-      <c s="7">
+      <c s="5">
         <v>180</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="1" t="s">
         <v>11</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B9" t="s">
         <v>2</v>
       </c>
-      <c s="5">
+      <c s="6">
         <v>118503.51466760479</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="B10" t="s">
         <v>8</v>
       </c>
-      <c s="4">
+      <c s="3">
         <f>-PMT(C5/12,C6,C9)</f>
         <v>999.9999999999999</v>
       </c>
       <c t="s">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="B11" t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B8:C8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 