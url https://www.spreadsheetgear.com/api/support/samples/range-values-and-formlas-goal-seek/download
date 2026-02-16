--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -221,61 +221,61 @@
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -592,95 +592,95 @@
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="2" max="2" width="26.265625" customWidth="1"/>
     <col min="3" max="3" width="17.3984375" customWidth="1"/>
     <col min="4" max="4" width="62.265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c r="B1" s="2" t="s">
         <v>9</v>
       </c>
       <c s="2"/>
     </row>
     <row r="3">
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c s="4">
+      <c s="5">
         <v>1000</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c s="7">
+      <c s="6">
         <v>0.06</v>
       </c>
     </row>
     <row>
       <c r="B6" t="s">
         <v>3</v>
       </c>
-      <c s="5">
+      <c s="3">
         <v>180</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="1" t="s">
         <v>11</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B9" t="s">
         <v>2</v>
       </c>
-      <c s="6">
+      <c s="4">
         <v>118503.51466760479</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="B10" t="s">
         <v>8</v>
       </c>
-      <c s="3">
+      <c s="7">
         <f>-PMT(C5/12,C6,C9)</f>
         <v>999.9999999999999</v>
       </c>
       <c t="s">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="B11" t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B8:C8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 