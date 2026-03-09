--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -221,61 +221,61 @@
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -592,95 +592,95 @@
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="2" max="2" width="26.265625" customWidth="1"/>
     <col min="3" max="3" width="17.3984375" customWidth="1"/>
     <col min="4" max="4" width="62.265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c r="B1" s="2" t="s">
         <v>9</v>
       </c>
       <c s="2"/>
     </row>
     <row r="3">
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c s="5">
+      <c s="6">
         <v>1000</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c s="6">
+      <c s="4">
         <v>0.06</v>
       </c>
     </row>
     <row>
       <c r="B6" t="s">
         <v>3</v>
       </c>
-      <c s="3">
+      <c s="5">
         <v>180</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="1" t="s">
         <v>11</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B9" t="s">
         <v>2</v>
       </c>
-      <c s="4">
+      <c s="7">
         <v>118503.51466760479</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="B10" t="s">
         <v>8</v>
       </c>
-      <c s="7">
+      <c s="3">
         <f>-PMT(C5/12,C6,C9)</f>
         <v>999.9999999999999</v>
       </c>
       <c t="s">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="B11" t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B8:C8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 