--- v3 (2026-03-09)
+++ v4 (2026-03-31)
@@ -221,61 +221,61 @@
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -592,95 +592,95 @@
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="2" max="2" width="26.265625" customWidth="1"/>
     <col min="3" max="3" width="17.3984375" customWidth="1"/>
     <col min="4" max="4" width="62.265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c r="B1" s="2" t="s">
         <v>9</v>
       </c>
       <c s="2"/>
     </row>
     <row r="3">
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c s="6">
+      <c s="3">
         <v>1000</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c s="4">
+      <c s="6">
         <v>0.06</v>
       </c>
     </row>
     <row>
       <c r="B6" t="s">
         <v>3</v>
       </c>
-      <c s="5">
+      <c s="4">
         <v>180</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="1" t="s">
         <v>11</v>
       </c>
       <c s="1"/>
     </row>
     <row>
       <c r="B9" t="s">
         <v>2</v>
       </c>
-      <c s="7">
+      <c s="5">
         <v>118503.51466760479</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="B10" t="s">
         <v>8</v>
       </c>
-      <c s="3">
+      <c s="7">
         <f>-PMT(C5/12,C6,C9)</f>
         <v>999.9999999999999</v>
       </c>
       <c t="s">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="B11" t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B8:C8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 