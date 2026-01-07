--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -457,41 +457,121 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <dimension ref="A1"/>
+  <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1">RAND()</f>
-        <v>0.07246407800151022</v>
+        <v>0.5280384186350693</v>
+      </c>
+    </row>
+    <row r="3">
+      <c>
+        <f ca="1" t="shared" si="0" ref="A3:A10">RAND()</f>
+        <v>0.9284221988559249</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A3)</f>
+        <v>0.9284221988559249</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.9975812728542683</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A4)</f>
+        <v>1.9260034717101933</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.24255490392011758</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A5)</f>
+        <v>2.168558375630311</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.5119598805971259</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A6)</f>
+        <v>2.680518256227437</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.8139973910375309</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A7)</f>
+        <v>3.4945156472649677</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.8527904512026074</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A8)</f>
+        <v>4.347306098467575</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.23871937004893784</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A9)</f>
+        <v>4.586025468516513</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.7536858833590259</v>
+      </c>
+      <c>
+        <f ca="1">SUM($A$3:$A10)</f>
+        <v>5.339711351875539</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>