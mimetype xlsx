--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -466,112 +466,112 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1">RAND()</f>
-        <v>0.5280384186350693</v>
+        <v>0.63575381197957</v>
       </c>
     </row>
     <row r="3">
       <c>
         <f ca="1" t="shared" si="0" ref="A3:A10">RAND()</f>
-        <v>0.9284221988559249</v>
+        <v>0.3903840182524494</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A3)</f>
-        <v>0.9284221988559249</v>
-[...5 lines deleted...]
-        <v>0.9975812728542683</v>
+        <v>0.3903840182524494</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.5955157055370313</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A4)</f>
-        <v>1.9260034717101933</v>
-[...5 lines deleted...]
-        <v>0.24255490392011758</v>
+        <v>0.9858997237894807</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.13600377969055089</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A5)</f>
-        <v>2.168558375630311</v>
-[...5 lines deleted...]
-        <v>0.5119598805971259</v>
+        <v>1.1219035034800315</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.7806183710569323</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A6)</f>
-        <v>2.680518256227437</v>
-[...5 lines deleted...]
-        <v>0.8139973910375309</v>
+        <v>1.9025218745369639</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.5617005848355339</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A7)</f>
-        <v>3.4945156472649677</v>
-[...5 lines deleted...]
-        <v>0.8527904512026074</v>
+        <v>2.4642224593724977</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.597580208297189</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A8)</f>
-        <v>4.347306098467575</v>
-[...5 lines deleted...]
-        <v>0.23871937004893784</v>
+        <v>3.061802667669687</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.00571575207471664</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A9)</f>
-        <v>4.586025468516513</v>
-[...5 lines deleted...]
-        <v>0.7536858833590259</v>
+        <v>3.0675184197444034</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.47868398082161967</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A10)</f>
-        <v>5.339711351875539</v>
+        <v>3.546202400566023</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>