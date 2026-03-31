--- v2 (2026-02-16)
+++ v3 (2026-03-31)
@@ -466,112 +466,112 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1">RAND()</f>
-        <v>0.63575381197957</v>
+        <v>0.18704758726146054</v>
       </c>
     </row>
     <row r="3">
       <c>
         <f ca="1" t="shared" si="0" ref="A3:A10">RAND()</f>
-        <v>0.3903840182524494</v>
+        <v>0.9399664725460743</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A3)</f>
-        <v>0.3903840182524494</v>
-[...5 lines deleted...]
-        <v>0.5955157055370313</v>
+        <v>0.9399664725460743</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.010292342652973296</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A4)</f>
-        <v>0.9858997237894807</v>
-[...5 lines deleted...]
-        <v>0.13600377969055089</v>
+        <v>0.9502588151990476</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.8059521181562728</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A5)</f>
-        <v>1.1219035034800315</v>
-[...5 lines deleted...]
-        <v>0.7806183710569323</v>
+        <v>1.7562109333553204</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.005199671061664191</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A6)</f>
-        <v>1.9025218745369639</v>
-[...5 lines deleted...]
-        <v>0.5617005848355339</v>
+        <v>1.7614106044169846</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.61918233698474</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A7)</f>
-        <v>2.4642224593724977</v>
-[...5 lines deleted...]
-        <v>0.597580208297189</v>
+        <v>2.3805929414017246</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.561519250652454</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A8)</f>
-        <v>3.061802667669687</v>
-[...5 lines deleted...]
-        <v>0.00571575207471664</v>
+        <v>2.9421121920541786</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.8446439722474137</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A9)</f>
-        <v>3.0675184197444034</v>
-[...5 lines deleted...]
-        <v>0.47868398082161967</v>
+        <v>3.7867561643015923</v>
+      </c>
+    </row>
+    <row>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>0.9318993831455344</v>
       </c>
       <c>
         <f ca="1">SUM($A$3:$A10)</f>
-        <v>3.546202400566023</v>
+        <v>4.718655547447127</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>