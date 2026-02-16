--- v0 (2026-01-07)
+++ v1 (2026-02-16)
@@ -185,221 +185,221 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.5999633777886288"/>
+        <fgColor theme="7" tint="0.3999755851924192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.3999755851924192"/>
+        <fgColor theme="7" tint="0.5999633777886288"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...22 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...25 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="4" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="4" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="5" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="5" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="5" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -670,130 +670,130 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="1" width="11.1171875" customWidth="1"/>
     <col min="2" max="2" width="15.5859375" customWidth="1"/>
     <col min="3" max="3" width="11.05859375" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
-      <c s="15" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
-      <c s="13" t="s">
+      <c s="7" t="s">
         <v>0</v>
       </c>
-      <c s="7" t="s">
+      <c s="12" t="s">
         <v>3</v>
       </c>
     </row>
     <row>
-      <c s="6">
+      <c s="5">
         <v>100</v>
       </c>
-      <c s="4">
+      <c s="15">
         <v>23</v>
       </c>
-      <c s="8">
+      <c s="11">
         <f t="array" ref="C2:C6">A2:A6*B2:B6</f>
         <v>2300</v>
       </c>
     </row>
     <row>
-      <c s="2">
+      <c s="1">
         <v>300</v>
       </c>
-      <c s="1">
+      <c s="16">
         <v>14</v>
       </c>
-      <c s="5">
+      <c s="9">
         <v>4200</v>
       </c>
     </row>
     <row>
-      <c s="2">
+      <c s="1">
         <v>100</v>
       </c>
-      <c s="1">
+      <c s="16">
         <v>34</v>
       </c>
-      <c s="5">
+      <c s="9">
         <v>3400</v>
       </c>
     </row>
     <row>
-      <c s="2">
+      <c s="1">
         <v>500</v>
       </c>
-      <c s="1">
+      <c s="16">
         <v>7</v>
       </c>
-      <c s="5">
+      <c s="9">
         <v>3500</v>
       </c>
     </row>
     <row ht="14.7" thickBot="1">
-      <c s="10">
+      <c s="8">
         <v>400</v>
       </c>
-      <c s="1">
+      <c s="16">
         <v>9</v>
       </c>
-      <c s="12">
+      <c s="14">
         <v>3600</v>
       </c>
     </row>
     <row ht="14.7" thickTop="1">
-      <c s="9" t="s">
+      <c s="10" t="s">
         <v>1</v>
       </c>
-      <c s="16" t="s">
+      <c s="3" t="s">
         <v>2</v>
       </c>
-      <c s="14">
+      <c s="4">
         <f>SUM(C2:C6)</f>
         <v>17000</v>
       </c>
     </row>
     <row>
-      <c s="3"/>
-      <c s="16" t="s">
+      <c s="13"/>
+      <c s="3" t="s">
         <v>4</v>
       </c>
-      <c s="11">
+      <c s="6">
         <f t="array" ref="C8">SUM($A$2:$A$6*$B$2:$B$6)</f>
         <v>17000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A7:A8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>