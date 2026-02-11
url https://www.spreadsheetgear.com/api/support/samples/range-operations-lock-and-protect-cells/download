--- v0 (2026-01-07)
+++ v1 (2026-02-11)
@@ -537,29 +537,29 @@
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="42.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row s="1" customFormat="1">
       <c s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>3</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="4suaykvMYw9kH5Gf5/7gky0/czqBAZh35EjSt96Ykx0+CqD+Tvd5KQibd094eo+h7XVo6nfhLErTfXFiIoOz+Q==" saltValue="Twrme54SvZMioDb1MxSCdA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="af/RlLhYvistXsU+2IfSqKzaGmEFAisL8OFg1X3aViAFn0TgbOEPCjVu2NpJZ5Li75Rz3+y/oBt06trOUsRCVA==" saltValue="a6jqlMZ7h30c8sSbUkGzfQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>