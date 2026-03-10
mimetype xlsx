--- v1 (2026-02-11)
+++ v2 (2026-03-10)
@@ -537,29 +537,29 @@
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="42.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row s="1" customFormat="1">
       <c s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>3</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="af/RlLhYvistXsU+2IfSqKzaGmEFAisL8OFg1X3aViAFn0TgbOEPCjVu2NpJZ5Li75Rz3+y/oBt06trOUsRCVA==" saltValue="a6jqlMZ7h30c8sSbUkGzfQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="LfHpNxzFpgoyoxRG2zCuZMRkfkwGmFXsuAliEvc90R8QVGudt4GrrEcwVjYn1OuSeA6sRhUmthyHAr7oGGj1IA==" saltValue="gdj2qoC9WiVPqC1ZqKsl5g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>