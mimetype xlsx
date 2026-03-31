--- v2 (2026-03-10)
+++ v3 (2026-03-31)
@@ -537,29 +537,29 @@
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="42.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row s="1" customFormat="1">
       <c s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>3</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="LfHpNxzFpgoyoxRG2zCuZMRkfkwGmFXsuAliEvc90R8QVGudt4GrrEcwVjYn1OuSeA6sRhUmthyHAr7oGGj1IA==" saltValue="gdj2qoC9WiVPqC1ZqKsl5g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="DgwhS+ID7IuT2R6nRJfrYDUJWbN1BH6/eRW8HP0QAksnZ9i1vk+ZNbL+es/JWo+p93ecKD7YVjXvOQr6wuxy/Q==" saltValue="IB+b5GPUziK3DJ16KLSzqQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>