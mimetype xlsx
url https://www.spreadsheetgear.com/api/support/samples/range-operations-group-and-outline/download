--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -528,266 +528,266 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2"/>
   <sheetData>
     <row>
       <c s="3" t="s">
         <v>1</v>
       </c>
       <c s="3" t="s">
         <v>5</v>
       </c>
       <c s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
-        <v>6835.45760861449</v>
+        <v>883.7812546111046</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>6936.949303455346</v>
+        <v>8609.82376536465</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>8125.630840791125</v>
+        <v>3987.371947470173</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="0"/>
-        <v>9039.411484325512</v>
+        <v>3274.7337068349316</v>
       </c>
     </row>
     <row outlineLevel="1">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>7</v>
       </c>
       <c s="1">
         <f ca="1">SUM($C$2:$C$5)</f>
-        <v>30937.449237186473</v>
+        <v>16755.71067428086</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1" ref="C7:C10">RAND() * 10000</f>
-        <v>7805.675432784156</v>
+        <v>893.460226234577</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>5016.699877896062</v>
+        <v>2442.175710643486</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>5518.781302214393</v>
+        <v>6568.186762342423</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>6268.229258995843</v>
+        <v>4174.047310707802</v>
       </c>
     </row>
     <row outlineLevel="1" collapsed="1">
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>7</v>
       </c>
       <c s="1">
         <f ca="1">SUM($C$7:$C$10)</f>
-        <v>24609.385871890452</v>
+        <v>14077.87000992829</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>4</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="2" ref="C12:C15">RAND() * 10000</f>
-        <v>9064.775874775047</v>
+        <v>3438.3056701670344</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>4</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="2"/>
-        <v>2139.1143716786055</v>
+        <v>7574.325891722662</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>4</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="2"/>
-        <v>9607.818226339085</v>
+        <v>4349.955925927942</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>4</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="2"/>
-        <v>2227.9248944578535</v>
+        <v>5201.228028764309</v>
       </c>
     </row>
     <row outlineLevel="1" collapsed="1">
       <c t="s">
         <v>4</v>
       </c>
       <c t="s">
         <v>7</v>
       </c>
       <c s="1">
         <f ca="1">SUM($C$12:$C$15)</f>
-        <v>23039.63336725059</v>
+        <v>20563.815516581948</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>9</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="3" ref="C17:C20">RAND() * 10000</f>
-        <v>1604.0232912619513</v>
+        <v>3967.888741027066</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>9</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="3"/>
-        <v>9527.448122330781</v>
+        <v>728.2285444003733</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>9</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="3"/>
-        <v>4564.58523706134</v>
+        <v>4097.376351663726</v>
       </c>
     </row>
     <row hidden="1" outlineLevel="2">
       <c t="s">
         <v>9</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="3"/>
-        <v>9621.452961801617</v>
+        <v>2660.0308951880347</v>
       </c>
     </row>
     <row outlineLevel="1" collapsed="1">
       <c t="s">
         <v>9</v>
       </c>
       <c t="s">
         <v>7</v>
       </c>
       <c s="1">
         <f ca="1">SUM($C$17:$C$20)</f>
-        <v>25317.509612455688</v>
+        <v>11453.5245322792</v>
       </c>
     </row>
     <row>
       <c r="C22" s="1">
         <f ca="1">SUM(C6,C11,C16,C21)</f>
-        <v>103903.9780887832</v>
+        <v>62850.92073307031</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>