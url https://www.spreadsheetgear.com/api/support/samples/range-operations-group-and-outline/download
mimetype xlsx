--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -200,52 +200,52 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -526,268 +526,268 @@
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2"/>
   <sheetData>
     <row>
       <c s="3" t="s">
         <v>1</v>
       </c>
       <c s="3" t="s">
         <v>5</v>
       </c>
       <c s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
+        <v>8851.350023725901</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1935.0823154155262</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5297.675780145319</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>926.6188420694732</v>
+      </c>
+    </row>
+    <row outlineLevel="1">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$2:$C$5)</f>
+        <v>17010.72696135622</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1" ref="C7:C10">RAND() * 10000</f>
+        <v>7072.639887021764</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>5979.523332181991</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>4433.498409460714</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>6403.96206689072</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$7:$C$10)</f>
+        <v>23889.623695555187</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2" ref="C12:C15">RAND() * 10000</f>
+        <v>2245.073145854564</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>236.62445839196522</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>2329.857376310045</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>7829.764471791245</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$12:$C$15)</f>
+        <v>12641.31945234782</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3" ref="C17:C20">RAND() * 10000</f>
+        <v>546.5322908411085</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>7775.303006807528</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>5553.292952912238</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>8033.972701165358</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...190 lines deleted...]
-      <c s="1">
         <f ca="1">SUM($C$17:$C$20)</f>
-        <v>11453.5245322792</v>
+        <v>21909.100951726236</v>
       </c>
     </row>
     <row>
-      <c r="C22" s="1">
+      <c r="C22" s="2">
         <f ca="1">SUM(C6,C11,C16,C21)</f>
-        <v>62850.92073307031</v>
+        <v>75450.77106098545</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>