--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -200,52 +200,52 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -526,268 +526,268 @@
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2"/>
   <sheetData>
     <row>
       <c s="3" t="s">
         <v>1</v>
       </c>
       <c s="3" t="s">
         <v>5</v>
       </c>
       <c s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
+        <v>7201.319399368132</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>6512.617984558799</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>5387.324155750415</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>5856.3167168752625</v>
+      </c>
+    </row>
+    <row outlineLevel="1">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$2:$C$5)</f>
+        <v>24957.57825655261</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1" ref="C7:C10">RAND() * 10000</f>
+        <v>2125.8712395397606</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1"/>
+        <v>9571.322806306827</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1"/>
+        <v>5038.7083261517955</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1"/>
+        <v>6293.473104495338</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$7:$C$10)</f>
+        <v>23029.37547649372</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2" ref="C12:C15">RAND() * 10000</f>
+        <v>1021.0987737326604</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2"/>
+        <v>7491.579459118007</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2"/>
+        <v>6590.143203980201</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2"/>
+        <v>9143.306936333716</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$12:$C$15)</f>
+        <v>24246.128373164585</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3" ref="C17:C20">RAND() * 10000</f>
+        <v>1257.272298531067</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3"/>
+        <v>7737.710024047555</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3"/>
+        <v>6264.984017792026</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3"/>
+        <v>841.3430990286308</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0"/>
-[...190 lines deleted...]
-      <c s="2">
         <f ca="1">SUM($C$17:$C$20)</f>
-        <v>21909.100951726236</v>
+        <v>16101.309439399278</v>
       </c>
     </row>
     <row>
-      <c r="C22" s="2">
+      <c r="C22" s="1">
         <f ca="1">SUM(C6,C11,C16,C21)</f>
-        <v>75450.77106098545</v>
+        <v>88334.3915456102</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>