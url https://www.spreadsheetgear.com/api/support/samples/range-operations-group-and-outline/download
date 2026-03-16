--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -200,52 +200,52 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -526,268 +526,268 @@
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2"/>
   <sheetData>
     <row>
       <c s="3" t="s">
         <v>1</v>
       </c>
       <c s="3" t="s">
         <v>5</v>
       </c>
       <c s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
+        <v>1258.7789160912077</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>265.1183551094682</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7301.496031178658</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1048.632880070741</v>
+      </c>
+    </row>
+    <row outlineLevel="1">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$2:$C$5)</f>
+        <v>9874.026182450076</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1" ref="C7:C10">RAND() * 10000</f>
+        <v>774.8177384297339</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>2656.7154645541978</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>7016.88240054498</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>8668.399946781581</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$7:$C$10)</f>
+        <v>19116.815550310494</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2" ref="C12:C15">RAND() * 10000</f>
+        <v>7727.669714331649</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>8609.590982752807</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>1366.860857802301</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>8785.257048887952</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$12:$C$15)</f>
+        <v>26489.378603774705</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3" ref="C17:C20">RAND() * 10000</f>
+        <v>1063.106928119293</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>400.83959912394107</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>8459.056697144395</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>8894.682988883593</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...190 lines deleted...]
-      <c s="1">
         <f ca="1">SUM($C$17:$C$20)</f>
-        <v>16101.309439399278</v>
+        <v>18817.68621327122</v>
       </c>
     </row>
     <row>
-      <c r="C22" s="1">
+      <c r="C22" s="2">
         <f ca="1">SUM(C6,C11,C16,C21)</f>
-        <v>88334.3915456102</v>
+        <v>74297.9065498065</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>