--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -171,585 +171,585 @@
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color theme="4"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFF0000"/>
       </patternFill>
     </fill>
     <fill>
       <gradientFill type="path" left="0.5" right="0.5" top="0.5" bottom="0.5">
         <stop position="0">
           <color rgb="FFFFFFFF"/>
         </stop>
         <stop position="1">
           <color theme="9"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="6" tint="0.25711844233527636"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFA500"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="4" tint="0.8999908444471572"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF800080"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF008000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="6" tint="0.771416364024781"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="-0.5142822265625"/>
-[...34 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FF0000FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.8999908444471572"/>
-[...17 lines deleted...]
-        <fgColor rgb="FF008000"/>
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.771416364024781"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.6428418836024049"/>
-        <bgColor indexed="64"/>
-[...442 lines deleted...]
-        <fgColor theme="9" tint="0.12854396191290018"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
@@ -1123,171 +1123,171 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="34"/>
-[...4 lines deleted...]
-      <c s="17"/>
+      <c r="B2" s="91"/>
+      <c s="53"/>
+      <c s="64"/>
+      <c s="74"/>
+      <c s="90"/>
+      <c s="73"/>
       <c r="I2" s="2"/>
       <c s="2"/>
     </row>
     <row>
       <c r="I3" s="2"/>
       <c s="2"/>
     </row>
     <row>
-      <c r="B4" s="5"/>
-[...4 lines deleted...]
-      <c s="15"/>
+      <c r="B4" s="62"/>
+      <c s="83"/>
+      <c s="54"/>
+      <c s="21"/>
+      <c s="18"/>
+      <c s="61"/>
       <c r="I4" s="2"/>
       <c s="2"/>
     </row>
     <row>
-      <c r="B5" s="20"/>
-[...3 lines deleted...]
-      <c s="61"/>
+      <c r="B5" s="43"/>
       <c s="92"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="9"/>
+      <c s="87"/>
+      <c s="37"/>
+      <c s="60"/>
+      <c s="51"/>
+    </row>
+    <row>
+      <c r="B6" s="80"/>
+      <c s="93"/>
+      <c s="66"/>
       <c s="19"/>
-      <c s="39"/>
-[...2 lines deleted...]
-      <c s="43"/>
+      <c s="4"/>
+      <c s="20"/>
       <c r="I6" s="1"/>
       <c s="1"/>
     </row>
     <row>
-      <c r="B7" s="60"/>
-[...4 lines deleted...]
-      <c s="62"/>
+      <c r="B7" s="85"/>
+      <c s="41"/>
+      <c s="44"/>
+      <c s="25"/>
+      <c s="75"/>
+      <c s="45"/>
       <c r="I7" s="1"/>
       <c s="1"/>
     </row>
     <row>
-      <c r="B8" s="16"/>
-[...4 lines deleted...]
-      <c s="57"/>
+      <c r="B8" s="59"/>
+      <c s="86"/>
+      <c s="5"/>
+      <c s="23"/>
+      <c s="84"/>
+      <c s="63"/>
       <c r="I8" s="1"/>
       <c s="1"/>
     </row>
     <row>
-      <c r="B9" s="40"/>
-[...12 lines deleted...]
-      <c s="93"/>
+      <c r="B9" s="48"/>
+      <c s="50"/>
+      <c s="29"/>
+      <c s="71"/>
+      <c s="40"/>
+      <c s="42"/>
+    </row>
+    <row>
+      <c r="B10" s="65"/>
+      <c s="82"/>
+      <c s="34"/>
+      <c s="55"/>
+      <c s="27"/>
+      <c s="67"/>
       <c r="I10" s="3"/>
       <c s="3"/>
     </row>
     <row>
-      <c r="B11" s="13"/>
-[...4 lines deleted...]
-      <c s="59"/>
+      <c r="B11" s="88"/>
+      <c s="7"/>
+      <c s="77"/>
+      <c s="36"/>
+      <c s="14"/>
+      <c s="32"/>
       <c r="I11" s="3"/>
       <c s="3"/>
     </row>
     <row>
-      <c r="B12" s="83"/>
-[...4 lines deleted...]
-      <c s="37"/>
+      <c r="B12" s="52"/>
+      <c s="17"/>
+      <c s="16"/>
+      <c s="69"/>
+      <c s="22"/>
+      <c s="47"/>
       <c r="I12" s="3"/>
       <c s="3"/>
     </row>
     <row>
-      <c r="B13" s="88"/>
-[...19 lines deleted...]
-      <c s="82"/>
+      <c r="B13" s="38"/>
+      <c s="26"/>
+      <c s="6"/>
+      <c s="79"/>
+      <c s="78"/>
+      <c s="24"/>
+    </row>
+    <row>
+      <c r="B14" s="81"/>
+      <c s="8"/>
+      <c s="56"/>
+      <c s="31"/>
       <c s="49"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" s="51"/>
+      <c s="33"/>
+    </row>
+    <row>
+      <c r="B15" s="11"/>
+      <c s="13"/>
+      <c s="70"/>
+      <c s="76"/>
+      <c s="39"/>
+      <c s="28"/>
+    </row>
+    <row>
+      <c r="B16" s="15"/>
+      <c s="35"/>
+      <c s="46"/>
+      <c s="68"/>
+      <c s="12"/>
+      <c s="9"/>
+    </row>
+    <row>
+      <c r="B17" s="72"/>
+      <c s="58"/>
+      <c s="30"/>
+      <c s="57"/>
       <c s="89"/>
-      <c s="33"/>
-[...10 lines deleted...]
-      <c s="30"/>
+      <c s="10"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I10:J12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>