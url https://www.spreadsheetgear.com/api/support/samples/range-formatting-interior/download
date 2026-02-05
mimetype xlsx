--- v1 (2026-01-07)
+++ v2 (2026-02-05)
@@ -144,612 +144,612 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="95">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
+      <gradientFill type="path" left="0.5" right="0.5" top="0.5" bottom="0.5">
+        <stop position="0">
+          <color rgb="FFFFFFFF"/>
+        </stop>
+        <stop position="1">
+          <color theme="9"/>
+        </stop>
+      </gradientFill>
+    </fill>
+    <fill>
       <gradientFill degree="45">
         <stop position="0">
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color theme="4"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFF0000"/>
       </patternFill>
     </fill>
     <fill>
-      <gradientFill type="path" left="0.5" right="0.5" top="0.5" bottom="0.5">
-[...6 lines deleted...]
-      </gradientFill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF008000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFA500"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.6428418836024049"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="6" tint="0.3856929227576525"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="6" tint="-0.25714111328125"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5"/>
-[...11 lines deleted...]
-        <fgColor theme="9" tint="-0.642852783203125"/>
+        <fgColor theme="9" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF800080"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF0000FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.12854396191290018"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.77142333984375"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="-0.5142822265625"/>
-[...29 lines deleted...]
-        <fgColor theme="6" tint="-0.128570556640625"/>
+        <fgColor theme="7" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.642852783203125"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.128570556640625"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="8" tint="0.8999908444471572"/>
-[...17 lines deleted...]
-        <fgColor theme="7" tint="0.8999908444471572"/>
+        <fgColor theme="7" tint="0.771416364024781"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.128570556640625"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.3856929227576525"/>
-[...5 lines deleted...]
-        <fgColor theme="9" tint="-0.25714111328125"/>
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.3856929227576525"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.5142674031800287"/>
-        <bgColor indexed="64"/>
-[...406 lines deleted...]
-        <fgColor theme="5" tint="0.6428418836024049"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
@@ -1123,171 +1123,171 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="91"/>
+      <c r="B2" s="90"/>
+      <c s="54"/>
+      <c s="36"/>
+      <c s="47"/>
+      <c s="79"/>
+      <c s="65"/>
+      <c r="I2" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="I3" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B4" s="38"/>
+      <c s="39"/>
+      <c s="16"/>
+      <c s="19"/>
+      <c s="5"/>
+      <c s="26"/>
+      <c r="I4" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B5" s="11"/>
+      <c s="75"/>
+      <c s="24"/>
+      <c s="88"/>
+      <c s="74"/>
+      <c s="37"/>
+    </row>
+    <row>
+      <c r="B6" s="32"/>
+      <c s="70"/>
+      <c s="66"/>
+      <c s="59"/>
+      <c s="57"/>
+      <c s="48"/>
+      <c r="I6" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B7" s="35"/>
+      <c s="10"/>
+      <c s="4"/>
+      <c s="93"/>
+      <c s="43"/>
+      <c s="91"/>
+      <c r="I7" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B8" s="82"/>
+      <c s="92"/>
+      <c s="60"/>
+      <c s="77"/>
+      <c s="78"/>
+      <c s="14"/>
+      <c r="I8" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B9" s="76"/>
+      <c s="28"/>
+      <c s="9"/>
+      <c s="67"/>
+      <c s="21"/>
+      <c s="68"/>
+    </row>
+    <row>
+      <c r="B10" s="83"/>
+      <c s="30"/>
+      <c s="23"/>
+      <c s="58"/>
+      <c s="56"/>
+      <c s="81"/>
+      <c r="I10" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B11" s="69"/>
+      <c s="33"/>
+      <c s="61"/>
+      <c s="40"/>
+      <c s="17"/>
       <c s="53"/>
+      <c r="I11" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B12" s="22"/>
+      <c s="87"/>
+      <c s="72"/>
+      <c s="52"/>
+      <c s="89"/>
+      <c s="13"/>
+      <c r="I12" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B13" s="49"/>
+      <c s="42"/>
+      <c s="62"/>
+      <c s="80"/>
+      <c s="27"/>
+      <c s="71"/>
+    </row>
+    <row>
+      <c r="B14" s="29"/>
+      <c s="7"/>
+      <c s="50"/>
+      <c s="44"/>
+      <c s="31"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B15" s="8"/>
+      <c s="12"/>
+      <c s="34"/>
+      <c s="51"/>
+      <c s="25"/>
+      <c s="63"/>
+    </row>
+    <row>
+      <c r="B16" s="15"/>
+      <c s="20"/>
+      <c s="86"/>
+      <c s="85"/>
+      <c s="18"/>
+      <c s="55"/>
+    </row>
+    <row>
+      <c r="B17" s="45"/>
       <c s="64"/>
-      <c s="74"/>
-      <c s="90"/>
+      <c s="41"/>
       <c s="73"/>
-      <c r="I2" s="2"/>
-[...48 lines deleted...]
-      <c s="23"/>
+      <c s="46"/>
       <c s="84"/>
-      <c s="63"/>
-[...79 lines deleted...]
-      <c s="10"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I10:J12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>