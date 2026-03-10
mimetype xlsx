--- v2 (2026-02-05)
+++ v3 (2026-03-10)
@@ -144,612 +144,612 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="95">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
+      <patternFill patternType="gray125">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FFFF0000"/>
+      </patternFill>
+    </fill>
+    <fill>
       <gradientFill type="path" left="0.5" right="0.5" top="0.5" bottom="0.5">
         <stop position="0">
           <color rgb="FFFFFFFF"/>
         </stop>
         <stop position="1">
           <color theme="9"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <gradientFill degree="45">
         <stop position="0">
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color theme="4"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF0000FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF800080"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
-        <bgColor rgb="FFFF0000"/>
-[...4 lines deleted...]
-        <fgColor theme="6" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.5142822265625"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.8999908444471572"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="-0.385711669921875"/>
-[...17 lines deleted...]
-        <fgColor theme="6" tint="0.25711844233527636"/>
+        <fgColor theme="4" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFA500"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.12854396191290018"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.5142674031800287"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.771416364024781"/>
-[...11 lines deleted...]
-        <fgColor theme="9" tint="-0.128570556640625"/>
+        <fgColor rgb="FF008000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.8999908444471572"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.3856929227576525"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="-0.642852783203125"/>
-[...17 lines deleted...]
-        <fgColor theme="8" tint="-0.642852783203125"/>
+        <fgColor theme="8" tint="-0.128570556640625"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.8999908444471572"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="-0.642852783203125"/>
-[...23 lines deleted...]
-        <fgColor theme="6" tint="0.771416364024781"/>
+        <fgColor theme="6" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.77142333984375"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.5142822265625"/>
-        <bgColor indexed="64"/>
-[...406 lines deleted...]
-        <fgColor theme="7" tint="0.5142674031800287"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
@@ -1123,171 +1123,171 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="90"/>
+      <c r="B2" s="6"/>
+      <c s="73"/>
+      <c s="59"/>
+      <c s="82"/>
+      <c s="33"/>
+      <c s="48"/>
+      <c r="I2" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="I3" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B4" s="55"/>
+      <c s="8"/>
+      <c s="84"/>
+      <c s="87"/>
+      <c s="71"/>
+      <c s="34"/>
+      <c r="I4" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B5" s="50"/>
+      <c s="75"/>
+      <c s="11"/>
+      <c s="9"/>
+      <c s="14"/>
+      <c s="37"/>
+    </row>
+    <row>
+      <c r="B6" s="62"/>
+      <c s="27"/>
+      <c s="12"/>
+      <c s="90"/>
+      <c s="4"/>
+      <c s="22"/>
+      <c r="I6" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B7" s="63"/>
+      <c s="81"/>
+      <c s="20"/>
+      <c s="16"/>
+      <c s="47"/>
+      <c s="23"/>
+      <c r="I7" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B8" s="10"/>
+      <c s="19"/>
+      <c s="74"/>
+      <c s="68"/>
+      <c s="38"/>
+      <c s="85"/>
+      <c r="I8" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B9" s="42"/>
+      <c s="69"/>
+      <c s="65"/>
+      <c s="30"/>
+      <c s="15"/>
+      <c s="21"/>
+    </row>
+    <row>
+      <c r="B10" s="28"/>
+      <c s="32"/>
+      <c s="58"/>
+      <c s="46"/>
+      <c s="80"/>
+      <c s="76"/>
+      <c r="I10" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B11" s="39"/>
+      <c s="67"/>
+      <c s="41"/>
+      <c s="53"/>
+      <c s="31"/>
+      <c s="36"/>
+      <c r="I11" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B12" s="79"/>
+      <c s="61"/>
+      <c s="88"/>
+      <c s="49"/>
+      <c s="86"/>
+      <c s="52"/>
+      <c r="I12" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B13" s="91"/>
+      <c s="13"/>
+      <c s="45"/>
+      <c s="40"/>
+      <c s="78"/>
+      <c s="57"/>
+    </row>
+    <row>
+      <c r="B14" s="83"/>
+      <c s="43"/>
+      <c s="56"/>
+      <c s="18"/>
       <c s="54"/>
-      <c s="36"/>
-[...14 lines deleted...]
-      <c s="19"/>
+      <c s="24"/>
+    </row>
+    <row>
+      <c r="B15" s="51"/>
       <c s="5"/>
+      <c s="70"/>
+      <c s="64"/>
+      <c s="93"/>
+      <c s="77"/>
+    </row>
+    <row>
+      <c r="B16" s="72"/>
+      <c s="35"/>
       <c s="26"/>
-      <c r="I4" s="3"/>
-[...12 lines deleted...]
-      <c s="70"/>
+      <c s="89"/>
       <c s="66"/>
-      <c s="59"/>
-[...17 lines deleted...]
-      <c s="92"/>
+      <c s="29"/>
+    </row>
+    <row>
+      <c r="B17" s="92"/>
       <c s="60"/>
-      <c s="77"/>
-[...27 lines deleted...]
-      <c s="40"/>
       <c s="17"/>
-      <c s="53"/>
-[...22 lines deleted...]
-      <c r="B14" s="29"/>
+      <c s="25"/>
+      <c s="44"/>
       <c s="7"/>
-      <c s="50"/>
-[...26 lines deleted...]
-      <c s="84"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I10:J12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>