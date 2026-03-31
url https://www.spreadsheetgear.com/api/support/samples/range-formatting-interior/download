--- v3 (2026-03-10)
+++ v4 (2026-03-31)
@@ -144,612 +144,612 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="95">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...4 lines deleted...]
-    <fill>
       <gradientFill type="path" left="0.5" right="0.5" top="0.5" bottom="0.5">
         <stop position="0">
           <color rgb="FFFFFFFF"/>
         </stop>
         <stop position="1">
           <color theme="9"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <gradientFill degree="45">
         <stop position="0">
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color theme="4"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
+      <patternFill patternType="gray125">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FFFF0000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF800080"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.385711669921875"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF008000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.5142674031800287"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFA500"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.5142822265625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.25714111328125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.6428418836024049"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF0000FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.12854396191290018"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.3856929227576525"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.6428418836024049"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="-0.5142822265625"/>
+        <fgColor theme="9" tint="-0.128570556640625"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="-0.77142333984375"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.771416364024781"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.8999908444471572"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="-0.642852783203125"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.25711844233527636"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="-0.5142822265625"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.77142333984375"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.8999908444471572"/>
-[...334 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="7" tint="-0.5142822265625"/>
-        <bgColor indexed="64"/>
-[...172 lines deleted...]
-        <fgColor theme="8" tint="-0.5142822265625"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
@@ -1123,171 +1123,171 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="6"/>
+      <c r="B2" s="91"/>
+      <c s="55"/>
+      <c s="51"/>
+      <c s="53"/>
+      <c s="72"/>
+      <c s="18"/>
+      <c r="I2" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="I3" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B4" s="74"/>
+      <c s="80"/>
+      <c s="22"/>
+      <c s="86"/>
+      <c s="8"/>
+      <c s="15"/>
+      <c r="I4" s="3"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B5" s="19"/>
+      <c s="85"/>
+      <c s="59"/>
+      <c s="67"/>
+      <c s="77"/>
+      <c s="45"/>
+    </row>
+    <row>
+      <c r="B6" s="9"/>
+      <c s="69"/>
+      <c s="16"/>
+      <c s="71"/>
+      <c s="82"/>
+      <c s="7"/>
+      <c r="I6" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B7" s="23"/>
+      <c s="27"/>
+      <c s="48"/>
+      <c s="5"/>
+      <c s="20"/>
+      <c s="54"/>
+      <c r="I7" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B8" s="28"/>
+      <c s="81"/>
+      <c s="50"/>
+      <c s="11"/>
+      <c s="46"/>
+      <c s="44"/>
+      <c r="I8" s="2"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B9" s="24"/>
+      <c s="65"/>
+      <c s="56"/>
+      <c s="89"/>
+      <c s="21"/>
+      <c s="10"/>
+    </row>
+    <row>
+      <c r="B10" s="79"/>
+      <c s="49"/>
+      <c s="75"/>
+      <c s="32"/>
+      <c s="62"/>
+      <c s="42"/>
+      <c r="I10" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B11" s="6"/>
+      <c s="78"/>
+      <c s="88"/>
+      <c s="43"/>
+      <c s="76"/>
+      <c s="70"/>
+      <c r="I11" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B12" s="25"/>
+      <c s="12"/>
+      <c s="17"/>
       <c s="73"/>
-      <c s="59"/>
-      <c s="82"/>
+      <c s="39"/>
+      <c s="83"/>
+      <c r="I12" s="1"/>
+      <c s="1"/>
+    </row>
+    <row>
+      <c r="B13" s="60"/>
+      <c s="58"/>
+      <c s="38"/>
+      <c s="63"/>
+      <c s="35"/>
+      <c s="31"/>
+    </row>
+    <row>
+      <c r="B14" s="30"/>
+      <c s="4"/>
+      <c s="40"/>
+      <c s="52"/>
+      <c s="36"/>
       <c s="33"/>
-      <c s="48"/>
-[...10 lines deleted...]
-      <c s="84"/>
+    </row>
+    <row>
+      <c r="B15" s="47"/>
+      <c s="34"/>
+      <c s="26"/>
+      <c s="93"/>
+      <c s="90"/>
+      <c s="57"/>
+    </row>
+    <row>
+      <c r="B16" s="64"/>
+      <c s="29"/>
       <c s="87"/>
-      <c s="71"/>
-[...8 lines deleted...]
-      <c s="9"/>
       <c s="14"/>
       <c s="37"/>
-    </row>
-[...23 lines deleted...]
-      <c s="74"/>
+      <c s="41"/>
+    </row>
+    <row>
+      <c r="B17" s="13"/>
+      <c s="66"/>
       <c s="68"/>
-      <c s="38"/>
-[...33 lines deleted...]
-      <c r="B12" s="79"/>
+      <c s="84"/>
       <c s="61"/>
-      <c s="88"/>
-[...44 lines deleted...]
-      <c s="7"/>
+      <c s="92"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I10:J12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>