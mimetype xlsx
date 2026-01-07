--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -174,175 +174,175 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFA500"/>
       </left>
       <right style="medium">
         <color rgb="FFFFA500"/>
       </right>
       <top style="medium">
         <color rgb="FFFFA500"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFA500"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
       <top style="thick">
         <color rgb="FF0000FF"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color theme="5" tint="-0.5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...3 lines deleted...]
-        <color rgb="FF000000"/>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
       </right>
       <top style="thick">
         <color rgb="FF0000FF"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="thin">
-[...43 lines deleted...]
-      </right>
       <top style="thick">
         <color rgb="FF0000FF"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
-      </bottom>
-[...13 lines deleted...]
-        <color theme="5" tint="-0.5"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
@@ -624,83 +624,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="5"/>
+      <c r="B2" s="3"/>
+      <c s="10"/>
+      <c s="9"/>
+    </row>
+    <row>
+      <c r="B3" s="8"/>
+      <c s="4"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B4" s="8"/>
+      <c s="4"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B5" s="8"/>
+      <c s="4"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B6" s="8"/>
+      <c s="4"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B7" s="8"/>
+      <c s="4"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B8" s="5"/>
       <c s="2"/>
-      <c s="9"/>
-[...27 lines deleted...]
-      <c r="B8" s="3"/>
       <c s="7"/>
-      <c s="10"/>
     </row>
     <row r="10">
       <c r="B10" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B11" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B12" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B13" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B14" s="1"/>
       <c s="1"/>
       <c s="1"/>