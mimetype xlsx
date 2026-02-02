--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -168,178 +168,178 @@
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFA500"/>
       </left>
       <right style="medium">
         <color rgb="FFFFA500"/>
       </right>
       <top style="medium">
         <color rgb="FFFFA500"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFA500"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...13 lines deleted...]
-    <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
+      </right>
       <top style="thick">
         <color rgb="FF0000FF"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
-      <right style="thin">
-        <color rgb="FF000000"/>
+      <right style="double">
+        <color rgb="FFFF0000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
-        <color indexed="31"/>
+        <color theme="5" tint="-0.5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="thin">
-[...3 lines deleted...]
-        <color theme="5" tint="-0.5"/>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="double">
         <color rgb="FFFF0000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
-      <right style="double">
-        <color rgb="FFFF0000"/>
+      <right style="thin">
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
-        <color indexed="31"/>
+        <color theme="5" tint="-0.5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
-      <right style="double">
-[...13 lines deleted...]
-      </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="thick">
-        <color rgb="FF0000FF"/>
+      <top style="thin">
+        <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
@@ -624,83 +624,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="3"/>
+      <c r="B2" s="5"/>
+      <c s="8"/>
+      <c s="3"/>
+    </row>
+    <row>
+      <c r="B3" s="2"/>
       <c s="10"/>
-      <c s="9"/>
-[...2 lines deleted...]
-      <c r="B3" s="8"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B4" s="2"/>
+      <c s="10"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B5" s="2"/>
+      <c s="10"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B6" s="2"/>
+      <c s="10"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B7" s="2"/>
+      <c s="10"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B8" s="9"/>
+      <c s="7"/>
       <c s="4"/>
-      <c s="6"/>
-[...24 lines deleted...]
-      <c s="7"/>
     </row>
     <row r="10">
       <c r="B10" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B11" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B12" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B13" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B14" s="1"/>
       <c s="1"/>
       <c s="1"/>