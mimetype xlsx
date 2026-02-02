--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -168,178 +168,178 @@
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFA500"/>
       </left>
       <right style="medium">
         <color rgb="FFFFA500"/>
       </right>
       <top style="medium">
         <color rgb="FFFFA500"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFA500"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="double">
         <color rgb="FFFF0000"/>
       </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
       <top style="thick">
         <color rgb="FF0000FF"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...13 lines deleted...]
-    <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
       <top style="thick">
         <color rgb="FF0000FF"/>
-      </top>
-[...73 lines deleted...]
-        <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
@@ -624,83 +624,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="5"/>
+      <c r="B2" s="10"/>
       <c s="8"/>
       <c s="3"/>
     </row>
     <row>
-      <c r="B3" s="2"/>
-      <c s="10"/>
+      <c r="B3" s="5"/>
+      <c s="7"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B4" s="5"/>
+      <c s="7"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B5" s="5"/>
+      <c s="7"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B6" s="5"/>
+      <c s="7"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B7" s="5"/>
+      <c s="7"/>
+      <c s="2"/>
+    </row>
+    <row>
+      <c r="B8" s="9"/>
+      <c s="4"/>
       <c s="6"/>
-    </row>
-[...23 lines deleted...]
-      <c s="4"/>
     </row>
     <row r="10">
       <c r="B10" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B11" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B12" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B13" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B14" s="1"/>
       <c s="1"/>
       <c s="1"/>