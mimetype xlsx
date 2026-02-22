--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -171,178 +171,178 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFA500"/>
       </left>
       <right style="medium">
         <color rgb="FFFFA500"/>
       </right>
       <top style="medium">
         <color rgb="FFFFA500"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFA500"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
       <right style="double">
         <color rgb="FFFF0000"/>
       </right>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="double">
         <color rgb="FFFF0000"/>
       </right>
-      <top style="thick">
-[...28 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="double">
         <color rgb="FFFF0000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color theme="5" tint="-0.5"/>
-      </bottom>
-[...58 lines deleted...]
-        <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
@@ -624,83 +624,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="10"/>
+      <c r="B2" s="5"/>
+      <c s="2"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B3" s="4"/>
       <c s="8"/>
+      <c s="9"/>
+    </row>
+    <row>
+      <c r="B4" s="4"/>
+      <c s="8"/>
+      <c s="9"/>
+    </row>
+    <row>
+      <c r="B5" s="4"/>
+      <c s="8"/>
+      <c s="9"/>
+    </row>
+    <row>
+      <c r="B6" s="4"/>
+      <c s="8"/>
+      <c s="9"/>
+    </row>
+    <row>
+      <c r="B7" s="4"/>
+      <c s="8"/>
+      <c s="9"/>
+    </row>
+    <row>
+      <c r="B8" s="7"/>
       <c s="3"/>
-    </row>
-[...28 lines deleted...]
-      <c s="6"/>
+      <c s="10"/>
     </row>
     <row r="10">
       <c r="B10" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B11" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B12" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B13" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B14" s="1"/>
       <c s="1"/>
       <c s="1"/>