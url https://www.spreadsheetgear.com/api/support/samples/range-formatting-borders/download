--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -171,172 +171,172 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFA500"/>
       </left>
       <right style="medium">
         <color rgb="FFFFA500"/>
       </right>
       <top style="medium">
         <color rgb="FFFFA500"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFA500"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
       <right style="thin">
         <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="-0.5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="4"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color indexed="31"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF0000"/>
       </right>
       <top style="thick">
         <color rgb="FF0000FF"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
-        <color theme="5" tint="-0.5"/>
+        <color indexed="31"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
-      <top style="thin">
-        <color indexed="31"/>
+      <top style="thick">
+        <color rgb="FF0000FF"/>
       </top>
       <bottom style="thin">
         <color indexed="31"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="4"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
-      </right>
-[...73 lines deleted...]
-        <color rgb="FFFF0000"/>
       </right>
       <top style="thin">
         <color indexed="31"/>
       </top>
       <bottom style="thin">
         <color theme="5" tint="-0.5"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
@@ -624,83 +624,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="B2:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row r="2">
-      <c r="B2" s="5"/>
+      <c r="B2" s="9"/>
+      <c s="8"/>
+      <c s="6"/>
+    </row>
+    <row>
+      <c r="B3" s="5"/>
+      <c s="7"/>
+      <c s="4"/>
+    </row>
+    <row>
+      <c r="B4" s="5"/>
+      <c s="7"/>
+      <c s="4"/>
+    </row>
+    <row>
+      <c r="B5" s="5"/>
+      <c s="7"/>
+      <c s="4"/>
+    </row>
+    <row>
+      <c r="B6" s="5"/>
+      <c s="7"/>
+      <c s="4"/>
+    </row>
+    <row>
+      <c r="B7" s="5"/>
+      <c s="7"/>
+      <c s="4"/>
+    </row>
+    <row>
+      <c r="B8" s="10"/>
+      <c s="3"/>
       <c s="2"/>
-      <c s="6"/>
-[...29 lines deleted...]
-      <c s="10"/>
     </row>
     <row r="10">
       <c r="B10" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B11" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B12" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B13" s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row>
       <c r="B14" s="1"/>
       <c s="1"/>
       <c s="1"/>