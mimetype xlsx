--- v0 (2026-01-08)
+++ v1 (2026-02-17)
@@ -497,87 +497,87 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="12.73046875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A3">RAND() * 1000</f>
-        <v>555.8097175100949</v>
+        <v>611.5933132922739</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>303.1667111831231</v>
+        <v>503.9307777870805</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="A5:A6">RAND() * 1000</f>
-        <v>746.2148657943457</v>
+        <v>840.9980329947499</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>58.63312590932157</v>
+        <v>743.2946565117779</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2" ref="A8:A11">RAND() * 1000</f>
-        <v>385.5646379282094</v>
+        <v>187.16717745418788</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>22.50057031248698</v>
+        <v>776.1767709559298</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>648.3695428669902</v>
+        <v>965.2592019927066</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>875.5264641601527</v>
+        <v>723.1246278783257</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="duplicateValues" dxfId="0" priority="1" stopIfTrue="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>