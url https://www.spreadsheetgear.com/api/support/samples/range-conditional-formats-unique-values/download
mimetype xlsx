--- v1 (2026-02-17)
+++ v2 (2026-02-17)
@@ -497,87 +497,87 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="12.73046875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A3">RAND() * 1000</f>
-        <v>611.5933132922739</v>
+        <v>495.9941266374424</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>503.9307777870805</v>
+        <v>807.5381229080394</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="A5:A6">RAND() * 1000</f>
-        <v>840.9980329947499</v>
+        <v>195.27729712796037</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>743.2946565117779</v>
+        <v>133.05106317129668</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2" ref="A8:A11">RAND() * 1000</f>
-        <v>187.16717745418788</v>
+        <v>166.90436159744058</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>776.1767709559298</v>
+        <v>96.58468476440962</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>965.2592019927066</v>
+        <v>425.43133862574575</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>723.1246278783257</v>
+        <v>897.6526194394152</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="duplicateValues" dxfId="0" priority="1" stopIfTrue="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>