--- v2 (2026-02-17)
+++ v3 (2026-03-09)
@@ -497,87 +497,87 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="12.73046875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A3">RAND() * 1000</f>
-        <v>495.9941266374424</v>
+        <v>292.95971204351724</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>807.5381229080394</v>
+        <v>185.3526734625399</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="A5:A6">RAND() * 1000</f>
-        <v>195.27729712796037</v>
+        <v>659.7529865755209</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>133.05106317129668</v>
+        <v>106.17409145459166</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2" ref="A8:A11">RAND() * 1000</f>
-        <v>166.90436159744058</v>
+        <v>841.1409598145933</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>96.58468476440962</v>
+        <v>300.6119498363953</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>425.43133862574575</v>
+        <v>793.5933383632525</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>897.6526194394152</v>
+        <v>872.9865588310756</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="duplicateValues" dxfId="0" priority="1" stopIfTrue="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>