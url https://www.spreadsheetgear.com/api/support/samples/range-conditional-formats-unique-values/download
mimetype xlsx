--- v3 (2026-03-09)
+++ v4 (2026-03-29)
@@ -497,87 +497,87 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="12.73046875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A3">RAND() * 1000</f>
-        <v>292.95971204351724</v>
+        <v>346.5877668399582</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>185.3526734625399</v>
+        <v>905.112042639674</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="A5:A6">RAND() * 1000</f>
-        <v>659.7529865755209</v>
+        <v>127.62853287255726</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>106.17409145459166</v>
+        <v>619.1041705402424</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2" ref="A8:A11">RAND() * 1000</f>
-        <v>841.1409598145933</v>
+        <v>367.9696701638271</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>300.6119498363953</v>
+        <v>401.23164823693537</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>793.5933383632525</v>
+        <v>300.81577255233236</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>872.9865588310756</v>
+        <v>938.4249104898607</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="duplicateValues" dxfId="0" priority="1" stopIfTrue="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>