--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -495,89 +495,89 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>9764.48073517437</v>
-[...53 lines deleted...]
-        <v>1993.4191810398083</v>
+        <v>4490.477048787476</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3602.7780574734347</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4721.383057840445</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2500.818597558725</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8102.588258714567</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6547.093701759659</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2134.75051117233</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>893.7496290279423</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2440.0878146201067</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4921.816394827507</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="top10" dxfId="0" priority="1" stopIfTrue="1" rank="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>