--- v1 (2026-01-07)
+++ v2 (2026-01-27)
@@ -495,89 +495,89 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>4490.477048787476</v>
-[...53 lines deleted...]
-        <v>4921.816394827507</v>
+        <v>81.16540844350872</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4166.690585709079</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1512.9879739512742</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1954.512826987722</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2966.8489084833814</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9830.877571251087</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7605.361305444189</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4248.9611418949735</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8660.68516614912</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8691.963674720835</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="top10" dxfId="0" priority="1" stopIfTrue="1" rank="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>