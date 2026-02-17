--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -495,89 +495,89 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>81.16540844350872</v>
-[...53 lines deleted...]
-        <v>8691.963674720835</v>
+        <v>398.6793171219638</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>112.59812689432103</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4388.48834465956</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2686.6345109826193</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3033.1767858823077</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1160.858994205798</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>892.5703624610381</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2456.240069178044</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>445.69010261200856</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9830.091072756515</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="top10" dxfId="0" priority="1" stopIfTrue="1" rank="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>