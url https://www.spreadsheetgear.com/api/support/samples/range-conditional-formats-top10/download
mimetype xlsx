--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -495,89 +495,89 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>398.6793171219638</v>
-[...53 lines deleted...]
-        <v>9830.091072756515</v>
+        <v>169.65567741686448</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1683.3028623076275</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9476.962475612156</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9079.301562776782</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6007.785782685007</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2347.593039554985</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1785.8977282139056</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1086.02802481089</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1879.734286185757</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9170.763862041138</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="top10" dxfId="0" priority="1" stopIfTrue="1" rank="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>