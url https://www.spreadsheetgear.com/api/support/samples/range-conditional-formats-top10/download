--- v4 (2026-03-09)
+++ v5 (2026-03-29)
@@ -495,89 +495,89 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>169.65567741686448</v>
-[...53 lines deleted...]
-        <v>9170.763862041138</v>
+        <v>592.4865266176038</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4191.324155554695</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4961.422100981076</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4054.939447851913</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9934.792250469363</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3062.883831180754</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>283.7603773011921</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4435.305335045303</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8603.200651998346</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8810.467334817238</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="top10" dxfId="0" priority="1" stopIfTrue="1" rank="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>