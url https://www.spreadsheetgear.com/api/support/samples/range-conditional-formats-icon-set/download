--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -484,97 +484,97 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.41015625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>896.0760758136565</v>
-[...53 lines deleted...]
-        <v>9855.975650521004</v>
+        <v>6143.726974829855</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9574.136484759812</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>247.85571180872878</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1276.670571569918</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3120.3934539581724</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5163.56436010974</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7200.779900374332</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6004.808878050918</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4466.723524427234</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4617.344468900573</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="iconSet" priority="1">
       <iconSet iconSet="5Arrows">
         <cfvo type="percent" val="0"/>
         <cfvo type="percent" val="20"/>
         <cfvo type="percent" val="40"/>
         <cfvo type="percent" val="60"/>
         <cfvo type="percent" val="80"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>