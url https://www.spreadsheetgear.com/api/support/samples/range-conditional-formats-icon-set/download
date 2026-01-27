--- v1 (2026-01-07)
+++ v2 (2026-01-27)
@@ -484,97 +484,97 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.41015625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>6143.726974829855</v>
-[...53 lines deleted...]
-        <v>4617.344468900573</v>
+        <v>9246.73515710884</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1787.174339099149</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7320.825077292001</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4059.120227227817</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8900.178755922052</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2111.30254261823</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9597.042734929237</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9222.87919178145</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5166.0406758847</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6399.784036429708</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="iconSet" priority="1">
       <iconSet iconSet="5Arrows">
         <cfvo type="percent" val="0"/>
         <cfvo type="percent" val="20"/>
         <cfvo type="percent" val="40"/>
         <cfvo type="percent" val="60"/>
         <cfvo type="percent" val="80"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>