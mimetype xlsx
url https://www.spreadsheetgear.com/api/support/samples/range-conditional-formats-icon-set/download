--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -484,97 +484,97 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.41015625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>9246.73515710884</v>
-[...53 lines deleted...]
-        <v>6399.784036429708</v>
+        <v>5716.760386365296</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3152.587038773733</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8891.997245677174</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8018.916696587572</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2152.769174893816</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8877.17850831776</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8827.699334005325</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2645.453930115789</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6633.653832478856</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>486.87511513686667</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="iconSet" priority="1">
       <iconSet iconSet="5Arrows">
         <cfvo type="percent" val="0"/>
         <cfvo type="percent" val="20"/>
         <cfvo type="percent" val="40"/>
         <cfvo type="percent" val="60"/>
         <cfvo type="percent" val="80"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>