--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -484,97 +484,97 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.41015625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>5716.760386365296</v>
-[...53 lines deleted...]
-        <v>486.87511513686667</v>
+        <v>8112.487626030349</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6056.082722565055</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2416.8713585633395</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5100.125675918151</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5832.173489242054</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1568.9070628590418</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4947.3309488347</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3653.696548133425</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2189.323865075119</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5647.4032866045045</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="iconSet" priority="1">
       <iconSet iconSet="5Arrows">
         <cfvo type="percent" val="0"/>
         <cfvo type="percent" val="20"/>
         <cfvo type="percent" val="40"/>
         <cfvo type="percent" val="60"/>
         <cfvo type="percent" val="80"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>