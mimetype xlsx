--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -484,97 +484,97 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.41015625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>8112.487626030349</v>
-[...53 lines deleted...]
-        <v>5647.4032866045045</v>
+        <v>1549.6342906081927</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5915.567596654103</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4028.342529386775</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9813.541507626704</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5811.897950290748</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8422.154206386665</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8731.483169227942</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5333.230145976371</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7233.526570288991</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1234.9163569882915</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="iconSet" priority="1">
       <iconSet iconSet="5Arrows">
         <cfvo type="percent" val="0"/>
         <cfvo type="percent" val="20"/>
         <cfvo type="percent" val="40"/>
         <cfvo type="percent" val="60"/>
         <cfvo type="percent" val="80"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>