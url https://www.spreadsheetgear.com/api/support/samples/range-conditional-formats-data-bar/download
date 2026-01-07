--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -548,53 +548,53 @@
         <v>80</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="100"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
-          <x14:id>{D9E90530-551A-4DAF-AE7D-58B377CC10CF}</x14:id>
+          <x14:id>{D3F290AF-667A-42C4-8E87-6C9F6FF33349}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="dataBar" id="{D9E90530-551A-4DAF-AE7D-58B377CC10CF}">
+          <x14:cfRule type="dataBar" id="{D3F290AF-667A-42C4-8E87-6C9F6FF33349}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarColorSameAsPositive="1" axisPosition="none">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>100</xm:f>
               </x14:cfvo>
               <x14:borderColor theme="4"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>A2:A11</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>