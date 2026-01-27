--- v1 (2026-01-07)
+++ v2 (2026-01-27)
@@ -548,53 +548,53 @@
         <v>80</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="100"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
-          <x14:id>{D3F290AF-667A-42C4-8E87-6C9F6FF33349}</x14:id>
+          <x14:id>{E7A43056-5121-4559-A2F4-F26C5E5CC209}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="dataBar" id="{D3F290AF-667A-42C4-8E87-6C9F6FF33349}">
+          <x14:cfRule type="dataBar" id="{E7A43056-5121-4559-A2F4-F26C5E5CC209}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarColorSameAsPositive="1" axisPosition="none">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>100</xm:f>
               </x14:cfvo>
               <x14:borderColor theme="4"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>A2:A11</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>