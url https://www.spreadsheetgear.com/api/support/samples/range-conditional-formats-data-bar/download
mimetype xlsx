--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -548,53 +548,53 @@
         <v>80</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="100"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
-          <x14:id>{E7A43056-5121-4559-A2F4-F26C5E5CC209}</x14:id>
+          <x14:id>{06D687C8-F4C8-49D6-9652-2F585B61F425}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="dataBar" id="{E7A43056-5121-4559-A2F4-F26C5E5CC209}">
+          <x14:cfRule type="dataBar" id="{06D687C8-F4C8-49D6-9652-2F585B61F425}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarColorSameAsPositive="1" axisPosition="none">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>100</xm:f>
               </x14:cfvo>
               <x14:borderColor theme="4"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>A2:A11</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>