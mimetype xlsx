--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -548,53 +548,53 @@
         <v>80</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="100"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
-          <x14:id>{06D687C8-F4C8-49D6-9652-2F585B61F425}</x14:id>
+          <x14:id>{76FCF53B-6A81-49C7-A747-1D9F6F4FEEC7}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="dataBar" id="{06D687C8-F4C8-49D6-9652-2F585B61F425}">
+          <x14:cfRule type="dataBar" id="{76FCF53B-6A81-49C7-A747-1D9F6F4FEEC7}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarColorSameAsPositive="1" axisPosition="none">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>100</xm:f>
               </x14:cfvo>
               <x14:borderColor theme="4"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>A2:A11</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>