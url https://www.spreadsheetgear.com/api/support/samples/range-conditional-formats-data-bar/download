--- v4 (2026-03-10)
+++ v5 (2026-03-31)
@@ -548,53 +548,53 @@
         <v>80</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="dataBar" priority="1">
       <dataBar>
         <cfvo type="num" val="0"/>
         <cfvo type="num" val="100"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
-          <x14:id>{76FCF53B-6A81-49C7-A747-1D9F6F4FEEC7}</x14:id>
+          <x14:id>{7A35B0BB-7FD5-4989-8949-664CD7A81218}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="dataBar" id="{76FCF53B-6A81-49C7-A747-1D9F6F4FEEC7}">
+          <x14:cfRule type="dataBar" id="{7A35B0BB-7FD5-4989-8949-664CD7A81218}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarColorSameAsPositive="1" axisPosition="none">
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>100</xm:f>
               </x14:cfvo>
               <x14:borderColor theme="4"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>A2:A11</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>