--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -294,54 +294,54 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -627,198 +627,198 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="B20" sqref="B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="22.19921875" customWidth="1"/>
     <col min="2" max="2" width="19.796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="1" t="s">
         <v>7</v>
       </c>
       <c s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>0</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>8</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>19</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>1</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>9</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>20</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>33</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>23</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>38</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>11</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>21</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>36</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>12</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>22</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>14</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>29</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>39</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>4</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>16</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>32</v>
       </c>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:B20">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>ISNUMBER(SEARCH("November",$B2))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">