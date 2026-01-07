--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -507,94 +507,94 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>3818.746604824765</v>
-[...53 lines deleted...]
-        <v>6502.910060312921</v>
+        <v>3536.854283309259</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4265.029022016975</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3949.463513944842</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7435.335452463887</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6485.553201099279</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8651.846425307629</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2766.610749611953</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1418.7693994997996</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3487.0729902375965</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3257.6315807692336</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThanOrEqual">
       <formula>7000</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="greaterThan">
       <formula>7000</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>