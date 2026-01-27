--- v1 (2026-01-07)
+++ v2 (2026-01-27)
@@ -507,94 +507,94 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>3536.854283309259</v>
-[...53 lines deleted...]
-        <v>3257.6315807692336</v>
+        <v>2060.121042420544</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4162.28860090551</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6203.871548920175</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9178.530099349444</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5435.679565745373</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>622.08580488468</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4618.498181718511</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9301.040489342931</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2294.5548043841236</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9761.235331591597</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThanOrEqual">
       <formula>7000</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="greaterThan">
       <formula>7000</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>