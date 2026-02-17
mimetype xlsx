--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -507,94 +507,94 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>2060.121042420544</v>
-[...53 lines deleted...]
-        <v>9761.235331591597</v>
+        <v>1585.623856439833</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8728.484443958778</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8502.154168777113</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4188.389061735212</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1133.4329238090922</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5106.994807241252</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4790.764283071933</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9740.74891609864</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7793.759185953446</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5557.820264166739</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThanOrEqual">
       <formula>7000</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="greaterThan">
       <formula>7000</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>