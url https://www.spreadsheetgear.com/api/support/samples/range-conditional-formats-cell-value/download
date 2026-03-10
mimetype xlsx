--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -507,94 +507,94 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>1585.623856439833</v>
-[...53 lines deleted...]
-        <v>5557.820264166739</v>
+        <v>3801.9456960473262</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2052.3752365397295</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8402.110533225083</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4604.553341099722</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4139.929444533923</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5145.576998794592</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2163.566048802759</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>12.838870574292116</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8441.936690359553</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6670.843114527481</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThanOrEqual">
       <formula>7000</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="greaterThan">
       <formula>7000</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>