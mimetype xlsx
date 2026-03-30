--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -507,94 +507,94 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>3801.9456960473262</v>
-[...53 lines deleted...]
-        <v>6670.843114527481</v>
+        <v>4377.151780816986</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4787.025958079374</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4919.365051685176</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6825.192605457708</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1786.8317911841825</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>424.5748851347031</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4551.243739556048</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7870.023383095379</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1768.9346962715201</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>96.05813021591914</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThanOrEqual">
       <formula>7000</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="greaterThan">
       <formula>7000</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>