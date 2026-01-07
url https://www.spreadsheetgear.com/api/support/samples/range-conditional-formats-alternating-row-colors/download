--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -532,293 +532,293 @@
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="2" t="s">
         <v>0</v>
       </c>
       <c s="2" t="s">
         <v>1</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>622.1284023631287</v>
-[...245 lines deleted...]
-        <v>134.33024215993416</v>
+        <v>605.5535251836224</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>175.77712952617563</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>674.6214267988026</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>821.697584856282</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>737.6424178189804</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>743.4010219071113</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>983.7527560547654</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>23.900444796255194</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>908.5000824125302</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>155.85047442366397</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>610.1822985293168</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>308.9795841127545</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>124.78117851527237</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>827.6512523342143</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>461.91050948654856</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>230.14178177175904</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>164.98393385543596</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>169.20771480372565</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>250.53169076112258</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>224.39861912834314</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>949.0353658557761</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>129.03889813183156</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>599.4900835491635</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>409.01271198790477</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>206.02833604049042</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>475.01554121450164</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>487.51022576918234</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>120.49695323778931</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>127.77634449957188</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>431.9374470507569</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>718.3886160445657</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>799.2126154575443</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>437.2698305015215</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>454.4950144803925</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>116.91997693613132</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>644.1726102344303</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>270.84627417201546</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>855.5717061350521</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>975.0062807966505</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>659.1047469044966</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>568.3991106026714</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>500.99436583435164</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>193.52427136745655</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>624.0083699724269</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>424.62402375920317</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>827.4748248607233</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>302.98268777700963</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>763.2097846257997</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>961.6178357805865</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>507.38897671235964</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>703.8669787096871</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>288.53764059235584</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>773.0239582806329</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>554.8858939106677</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>669.1248874797288</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>381.5907021114402</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>