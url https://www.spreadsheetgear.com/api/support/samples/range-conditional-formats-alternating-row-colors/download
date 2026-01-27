--- v1 (2026-01-07)
+++ v2 (2026-01-27)
@@ -532,293 +532,293 @@
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="2" t="s">
         <v>0</v>
       </c>
       <c s="2" t="s">
         <v>1</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>605.5535251836224</v>
-[...245 lines deleted...]
-        <v>381.5907021114402</v>
+        <v>7.355679947063543</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>145.47180868402165</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>525.8683755955298</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>505.03856253208477</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>370.6003105687925</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>632.3578933827924</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>94.45523046000837</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>415.1300434417102</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>720.4508710843145</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>93.25031340372014</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>744.0543980810137</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>472.9023880530887</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>829.3485356417456</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>662.3651637112102</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>920.2355179491217</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>834.4670452052662</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>305.40419233827356</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>308.68748312199125</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>606.9631327655562</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>632.7138526927962</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>726.0480741891797</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>312.28825959692585</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>987.7804187046574</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>519.4076518379411</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>392.6343933943901</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>764.0133393812239</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>162.89728850994044</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>489.89596939373746</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>917.9765439533103</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>436.2194373710606</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>563.0429183350874</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>477.2377646306456</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>914.0226937955678</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>823.9487298340177</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>504.5533665698265</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>227.34736718681248</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>797.8317279178224</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>460.6452158577765</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>404.32178520368024</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8.865878184391107</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>440.3192002845051</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>262.75200651129717</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>715.6196475877374</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>824.2049174543072</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>241.99848395745073</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>94.05338005956843</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>113.85611420015974</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>501.00338612715944</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>689.4089477692322</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>828.6326375570247</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>627.3599772063134</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>329.07363466086446</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>499.8748694969262</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>314.15482492783565</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>348.6531516203906</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>277.47469036616934</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>