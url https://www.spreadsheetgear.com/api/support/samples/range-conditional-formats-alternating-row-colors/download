--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -532,293 +532,293 @@
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="2" t="s">
         <v>0</v>
       </c>
       <c s="2" t="s">
         <v>1</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>7.355679947063543</v>
-[...245 lines deleted...]
-        <v>277.47469036616934</v>
+        <v>590.2128364423972</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>864.1338520401023</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>256.58665698104596</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>742.5629671596363</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>264.7760456066539</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>956.8812279969654</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>588.7972424717844</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>571.2299577344675</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>732.2474732657982</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>929.9788839439253</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>317.77416380262304</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>907.9718458509252</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>564.9197338235821</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>937.6226221684262</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>376.44201946622593</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>291.0424587773823</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>721.3413413885403</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>777.6393843237228</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>106.1562035457353</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>777.7905550196733</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>482.23406641149234</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>366.0625397617965</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>256.9101778863807</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>707.766106550526</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>50.834440022809346</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>458.55828792017127</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>167.13288706002947</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>565.1064626667512</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>621.8759696909286</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>596.238528201929</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>726.2901511837994</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>536.7330346012817</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>949.3352140065152</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>226.06443602660244</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>121.6795733117726</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>500.4190735402778</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>433.4082555274499</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>536.4783035253735</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>441.87209467687796</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>227.3175058336294</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>277.94653449845265</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>996.0044268706528</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>282.66297895162927</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>917.4735621698318</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>643.1726475074529</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>477.00477275092544</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>945.5331585189173</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>558.0351416808877</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>261.66723042988417</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>768.1150670702203</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>244.24345075125942</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>806.3717581637854</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>888.5421099264584</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>162.87359826485658</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>407.87797760799197</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>690.91058051775</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>