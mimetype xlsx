--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -165,80 +165,80 @@
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.5999938962981048"/>
+        <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9"/>
+        <fgColor theme="9" tint="0.5999938962981048"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="44" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="44" fontId="0" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -516,309 +516,309 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>0</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>1</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>590.2128364423972</v>
-[...245 lines deleted...]
-        <v>690.91058051775</v>
+        <v>178.84777885874394</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>146.79264816011806</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>160.6270407560233</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>572.8355880503111</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>787.2436432349961</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>197.80715181230414</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>961.8525334274946</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>892.1866265702461</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>271.90810156944866</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>368.5850713612</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>648.051877001965</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>581.2083682923932</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>645.8080017650784</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>722.2642937963464</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>104.62194318242624</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>488.90683528223724</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>787.6974478932386</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>13.821760523361704</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>750.2154051442425</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>375.10258269340915</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>398.2146972161811</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>604.1729952441876</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>734.9695237705163</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>937.1456886310847</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>665.7952104315222</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>23.692333037302227</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>395.3809089561595</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>672.6087314513194</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>899.3543806422792</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>83.35509260000507</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>317.7721902289044</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>873.9602025617908</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>854.770675555148</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>650.9441364936208</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>84.72653775492577</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>654.3271036391269</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>354.46590987052673</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>533.9314381211962</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>923.256826967589</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>144.1071146205779</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>877.6870036527393</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>113.2138642805316</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>171.7105668008605</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>522.4215934708401</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>799.5533393528947</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>624.9643269761975</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>688.4226384513167</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>619.9840470890257</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>269.2528909411545</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>668.8059350872342</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>770.7465540228125</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>58.660563760501994</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>291.9832990151896</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>307.65984782653976</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>776.521657263026</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>585.9402523443764</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>