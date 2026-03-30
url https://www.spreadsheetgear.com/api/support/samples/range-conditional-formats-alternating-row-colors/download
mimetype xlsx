--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -165,80 +165,80 @@
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9"/>
+        <fgColor theme="9" tint="0.5999938962981048"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.5999938962981048"/>
+        <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -516,309 +516,309 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>0</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>1</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>178.84777885874394</v>
-[...245 lines deleted...]
-        <v>585.9402523443764</v>
+        <v>782.7552047259729</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>556.7872743195456</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>81.84320366867493</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>800.0730414262857</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>351.74780993841546</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>908.7721113863622</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>118.97756177090724</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>149.86118516027426</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>783.8201191085848</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>483.8744808254933</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>749.6806272044543</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>84.76827925493424</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>254.61815604254934</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>930.4457572448595</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>427.5576520580646</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>926.2669315379197</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>317.65753767545846</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>545.0123120232906</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>404.83532727723315</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>73.7158623819365</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>378.6117723860327</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>603.8145241066654</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>920.9589120730417</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>815.2487392357841</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>247.0366432178146</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>806.7425279294298</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>398.33843040377025</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>546.5361585297544</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>358.09377352148175</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5.568151516706976</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>431.1146560853523</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>862.4631013285624</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>689.6848946481429</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>583.9585210999552</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>381.32836977422977</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>746.4393985345553</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>733.8589926203234</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>246.0540535653717</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>896.2513144928898</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>210.40672700349194</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>557.9944947925375</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>469.95922683718214</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>604.1320768139142</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>629.6316203416072</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>821.9190896860918</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>782.1584789188342</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>88.31088119066166</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>797.1538619064269</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>871.0131830869657</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>463.79226833568055</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>737.7215406149613</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>645.7151584041503</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>731.1547138449015</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>278.80883787117216</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>867.6887871147371</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>675.7888602330003</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>