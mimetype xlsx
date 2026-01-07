--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -498,89 +498,89 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="13.26171875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 1000</f>
-        <v>895.3296446599062</v>
-[...53 lines deleted...]
-        <v>428.3573126677185</v>
+        <v>87.41307084342154</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>570.9251144004384</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>530.9080256106453</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>323.54959039493724</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>882.2235000873801</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>786.4935814512952</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>253.35829942452736</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>702.2510017506622</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>348.94886627247246</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>274.1228360195267</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="aboveAverage" dxfId="0" priority="1" stopIfTrue="1" equalAverage="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>