--- v1 (2026-01-07)
+++ v2 (2026-01-27)
@@ -498,89 +498,89 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="13.26171875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 1000</f>
-        <v>87.41307084342154</v>
-[...53 lines deleted...]
-        <v>274.1228360195267</v>
+        <v>950.0019701825302</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>824.5687631952298</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>857.8330088383179</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>757.3799472075171</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>480.94233012612</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>530.0599493175158</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>890.0346405786612</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>601.6317214569282</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>179.4682455386658</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>275.2545653734106</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="aboveAverage" dxfId="0" priority="1" stopIfTrue="1" equalAverage="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>