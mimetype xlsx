--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -498,89 +498,89 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="13.26171875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 1000</f>
-        <v>950.0019701825302</v>
-[...53 lines deleted...]
-        <v>275.2545653734106</v>
+        <v>562.2307637097714</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>504.5230197421473</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>564.9244232225853</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>537.6011553970486</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>81.95566913731778</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>527.5122116837405</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>636.8998425134489</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>458.7145057463475</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>319.9764017884315</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>154.67304458145304</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="aboveAverage" dxfId="0" priority="1" stopIfTrue="1" equalAverage="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>