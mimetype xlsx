--- v3 (2026-02-17)
+++ v4 (2026-02-17)
@@ -498,89 +498,89 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="13.26171875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 1000</f>
-        <v>562.2307637097714</v>
-[...53 lines deleted...]
-        <v>154.67304458145304</v>
+        <v>954.938585991509</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>303.8263753183479</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>631.7714740039194</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>330.2112462086635</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>422.74582780733016</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>488.34091789994716</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>814.2733910205768</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>685.9704581178745</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>38.6945944029744</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>127.11467514045526</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="aboveAverage" dxfId="0" priority="1" stopIfTrue="1" equalAverage="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>