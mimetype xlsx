--- v4 (2026-02-17)
+++ v5 (2026-03-09)
@@ -498,89 +498,89 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="13.26171875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 1000</f>
-        <v>954.938585991509</v>
-[...53 lines deleted...]
-        <v>127.11467514045526</v>
+        <v>898.95937893625</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>668.1555528230376</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>331.8115976344673</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>771.3339208681127</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>898.1588068151644</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>62.40495391805023</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>133.8382599682095</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>587.7316497736214</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>186.9501811292169</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>286.5433669307409</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="aboveAverage" dxfId="0" priority="1" stopIfTrue="1" equalAverage="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>