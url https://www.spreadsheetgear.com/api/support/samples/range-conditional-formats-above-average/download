--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -498,89 +498,89 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="13.26171875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 1000</f>
-        <v>898.95937893625</v>
-[...53 lines deleted...]
-        <v>286.5433669307409</v>
+        <v>232.86987498153078</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>497.5581119774271</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>167.37009035495998</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>356.2175454685832</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>215.37023555358735</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>298.64624765575434</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>950.3501199661581</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>919.8543625148252</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>668.0623172832983</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>226.25163569457118</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="aboveAverage" dxfId="0" priority="1" stopIfTrue="1" equalAverage="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>