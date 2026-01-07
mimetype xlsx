--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -513,202 +513,202 @@
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>3</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D10">RAND()*10000</f>
-        <v>7730.556712844621</v>
-[...155 lines deleted...]
-        <v>4117.671529775935</v>
+        <v>3219.4510112840203</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9829.53796838343</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1046.5764092046115</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7622.581225615121</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9999.33072629771</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1470.792528840832</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8387.470151628148</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5922.530063511564</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6332.064955078805</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>159.3712037261774</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3557.3156071167223</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>217.66085369405275</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3538.1466175227592</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7553.704583872305</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2083.5617479433213</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5323.156690201989</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3756.508818762141</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6827.749734376595</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8195.78112132703</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9182.300056679225</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>353.37307115837825</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1998.9232643780053</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7504.574165488176</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6375.101677241651</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7654.147336546195</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3600.213623147521</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2317.876169893305</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6011.965142829618</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9850.782545637156</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9572.682254267795</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1602.7178978061052</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5081.348621011825</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9340.73666357131</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5312.4417959374</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1599.689710233596</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6289.19631625104</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;B&amp;U&amp;16&amp;"Arial"SpreadsheetGear Report&amp;RPage &amp;P of &amp;N</oddHeader>
     <oddFooter>&amp;L&amp;D &amp;T&amp;R&amp;I'&amp;F'!&amp;A</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>