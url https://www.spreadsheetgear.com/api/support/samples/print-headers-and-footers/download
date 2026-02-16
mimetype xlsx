--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -513,202 +513,202 @@
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>3</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D10">RAND()*10000</f>
-        <v>3219.4510112840203</v>
-[...155 lines deleted...]
-        <v>6289.19631625104</v>
+        <v>7422.492928547664</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9148.104266385095</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9578.995448277805</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3814.1216132574573</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8237.609355201503</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3778.732176091255</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4518.0116672512495</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7507.454527042228</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7668.879689341051</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6241.208432128653</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1442.5323340241557</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1611.8825881509658</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6096.02255444325</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1461.538526024384</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2401.7918941113603</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6050.380467043057</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1999.1938116772624</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9955.47187856495</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8148.3271066348625</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1102.9678981215252</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1248.5580366250738</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9704.368824956138</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2300.3772277442904</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1194.1757179081058</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2337.9440812345197</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>196.28749399096534</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5964.041530142783</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2520.044611787</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5317.646323166158</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7396.617883747938</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>425.19364781417937</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8101.053471950728</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>138.8825791155224</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>276.0767032370737</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2565.355062021224</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8277.139341042981</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;B&amp;U&amp;16&amp;"Arial"SpreadsheetGear Report&amp;RPage &amp;P of &amp;N</oddHeader>
     <oddFooter>&amp;L&amp;D &amp;T&amp;R&amp;I'&amp;F'!&amp;A</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>