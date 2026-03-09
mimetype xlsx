--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -513,202 +513,202 @@
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>3</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D10">RAND()*10000</f>
-        <v>7422.492928547664</v>
-[...155 lines deleted...]
-        <v>8277.139341042981</v>
+        <v>7573.267216731665</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7349.048932470712</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5631.800746069846</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6390.476042210693</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2996.2013834395584</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>348.2169381901645</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1130.2557436569139</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3171.862306271347</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8122.536753685133</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2077.8730091846496</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6194.383331762401</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2696.53740351548</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5233.589669259056</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3363.7878614235815</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7209.753134126915</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7766.4692446537665</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2617.5218753000795</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5612.622406255694</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1557.1776106144687</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6821.392321510311</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2302.9537769159524</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5563.491593002734</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3374.0593455094727</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5927.17794411775</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4278.926365121744</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7936.5814052767455</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7661.391227696299</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3279.689208802967</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9934.446425159082</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>88.26366447666878</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1280.0150950299205</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>608.8869538620667</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>690.2140747507168</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8818.408695222297</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7417.413298501092</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1296.6763631592037</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;B&amp;U&amp;16&amp;"Arial"SpreadsheetGear Report&amp;RPage &amp;P of &amp;N</oddHeader>
     <oddFooter>&amp;L&amp;D &amp;T&amp;R&amp;I'&amp;F'!&amp;A</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>