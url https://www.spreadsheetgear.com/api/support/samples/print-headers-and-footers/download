--- v3 (2026-03-09)
+++ v4 (2026-03-29)
@@ -513,202 +513,202 @@
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>3</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D10">RAND()*10000</f>
-        <v>7573.267216731665</v>
-[...155 lines deleted...]
-        <v>1296.6763631592037</v>
+        <v>7192.948257777196</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6822.45166024261</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2911.4161688369045</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4211.850640772798</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>672.6813599712056</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2175.5078998588306</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6896.375378499986</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>492.2692328694822</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5663.3382065994465</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5128.237133122022</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4140.603266741038</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>24.893098715406126</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7302.900755877273</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4362.540099654692</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9120.400329805225</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1822.994408771512</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3912.002378254771</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3001.48155981689</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6606.348140504146</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7008.893305636752</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2755.402512520959</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3438.087544496833</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5154.247017320142</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4028.1281339240936</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9852.880538805575</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2986.4353333622785</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9589.635982084017</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4166.441811322042</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1299.9191923671915</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9792.896497050218</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>305.6630832805673</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3701.582351110071</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8502.308312052272</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6069.683323906832</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>220.80918106197169</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1641.3074232744939</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;B&amp;U&amp;16&amp;"Arial"SpreadsheetGear Report&amp;RPage &amp;P of &amp;N</oddHeader>
     <oddFooter>&amp;L&amp;D &amp;T&amp;R&amp;I'&amp;F'!&amp;A</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>