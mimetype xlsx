--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -623,170 +623,170 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A1:D8">RANDBETWEEN(1, 100)</f>
-        <v>48</v>
-[...11 lines deleted...]
-        <v>9</v>
+        <v>22</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>40</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>94</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>15</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>52</v>
-[...11 lines deleted...]
-        <v>11</v>
+        <v>91</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>62</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>46</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>51</v>
+        <v>93</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>93</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>25</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>71</v>
-      </c>
-[...6 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>12</v>
-[...11 lines deleted...]
-        <v>33</v>
+        <v>17</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>79</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>58</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>83</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>76</v>
-[...11 lines deleted...]
-        <v>44</v>
+        <v>41</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>69</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>92</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>92</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>79</v>
-[...3 lines deleted...]
-        <v>90</v>
+        <v>73</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>54</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>89</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>29</v>
+        <v>61</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>47</v>
-[...11 lines deleted...]
-        <v>33</v>
+        <v>20</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>64</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>80</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>93</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>34</v>
-[...11 lines deleted...]
-        <v>71</v>
+        <v>49</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>61</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>99</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>