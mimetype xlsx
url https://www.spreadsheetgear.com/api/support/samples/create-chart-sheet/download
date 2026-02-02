--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -623,170 +623,170 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A1:D8">RANDBETWEEN(1, 100)</f>
-        <v>22</v>
-[...10 lines deleted...]
-        <f ca="1" t="shared" si="0"/>
         <v>15</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>73</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>67</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>6</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>91</v>
-[...11 lines deleted...]
-        <v>46</v>
+        <v>24</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>52</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>86</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>93</v>
-[...11 lines deleted...]
-        <v>71</v>
+        <v>11</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>15</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>75</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>24</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>17</v>
-[...11 lines deleted...]
-        <v>83</v>
+        <v>74</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>22</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>38</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>41</v>
-[...11 lines deleted...]
-        <v>92</v>
+        <v>62</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>25</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>33</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>56</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>73</v>
-[...11 lines deleted...]
-        <v>61</v>
+        <v>78</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>25</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>50</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>20</v>
-[...11 lines deleted...]
-        <v>93</v>
+        <v>74</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>47</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>51</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>49</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>34</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>15</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>39</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>