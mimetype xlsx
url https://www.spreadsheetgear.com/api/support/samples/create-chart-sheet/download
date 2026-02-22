--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -623,170 +623,170 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A1:D8">RANDBETWEEN(1, 100)</f>
-        <v>15</v>
-[...11 lines deleted...]
-        <v>6</v>
+        <v>88</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>38</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>27</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>85</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>24</v>
-[...11 lines deleted...]
-        <v>86</v>
+        <v>96</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>85</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>11</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>23</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>86</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>71</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>74</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>70</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>59</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>54</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>62</v>
-[...11 lines deleted...]
-        <v>56</v>
+        <v>89</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>81</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>48</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>95</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>78</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>88</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>84</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>32</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>74</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>59</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>56</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>95</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>75</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>34</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>79</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>54</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>