--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -623,170 +623,170 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A1:D8">RANDBETWEEN(1, 100)</f>
+        <v>61</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>95</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>19</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>96</v>
-[...11 lines deleted...]
-        <v>85</v>
+        <v>94</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>64</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>81</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>23</v>
-[...11 lines deleted...]
-        <v>71</v>
+        <v>99</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>83</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>29</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>47</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>70</v>
-[...11 lines deleted...]
-        <v>54</v>
+        <v>65</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>73</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>50</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>89</v>
-[...11 lines deleted...]
-        <v>95</v>
+        <v>59</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>64</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>24</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>88</v>
-[...11 lines deleted...]
-        <v>32</v>
+        <v>56</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>41</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>42</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>16</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>59</v>
-[...11 lines deleted...]
-        <v>75</v>
+        <v>10</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>52</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>74</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>71</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>79</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>83</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>75</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>65</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>