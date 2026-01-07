--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -198,52 +198,52 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -794,403 +794,403 @@
   <dimension ref="G2:K24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
     <sheetView tabSelected="1" workbookViewId="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.95"/>
   <sheetData>
     <row r="2" ht="15.1">
       <c r="G2" t="s">
         <v>4</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>3</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G3" s="2">
+      <c r="G3" s="1">
         <v>43709</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>26085</v>
       </c>
       <c>
         <v>105.76</v>
       </c>
       <c>
         <v>92.38</v>
       </c>
       <c>
         <v>100.94</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G4" s="2">
+      <c r="G4" s="1">
         <v>43710</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>52314</v>
       </c>
       <c>
         <v>102.45</v>
       </c>
       <c>
         <v>90.14</v>
       </c>
       <c>
         <v>93.45</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G5" s="2">
+      <c r="G5" s="1">
         <v>43711</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>70308</v>
       </c>
       <c>
         <v>102.11</v>
       </c>
       <c>
         <v>85.01</v>
       </c>
       <c>
         <v>99.89</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G6" s="2">
+      <c r="G6" s="1">
         <v>43712</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>33401</v>
       </c>
       <c>
         <v>106.01</v>
       </c>
       <c>
         <v>94.04</v>
       </c>
       <c>
         <v>99.45</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G7" s="2">
+      <c r="G7" s="1">
         <v>43713</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>87500</v>
       </c>
       <c>
         <v>101.24</v>
       </c>
       <c>
         <v>98.16</v>
       </c>
       <c>
         <v>99.28</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G8" s="2">
+      <c r="G8" s="1">
         <v>43716</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>33756</v>
       </c>
       <c>
         <v>107.7</v>
       </c>
       <c>
         <v>91.02</v>
       </c>
       <c>
         <v>102.17</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G9" s="2">
+      <c r="G9" s="1">
         <v>43717</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>65737</v>
       </c>
       <c>
         <v>110.36</v>
       </c>
       <c>
         <v>101.62</v>
       </c>
       <c>
         <v>110.07</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G10" s="2">
+      <c r="G10" s="1">
         <v>43718</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>45668</v>
       </c>
       <c>
         <v>115.97</v>
       </c>
       <c>
         <v>106.89</v>
       </c>
       <c>
         <v>112.39</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G11" s="2">
+      <c r="G11" s="1">
         <v>43719</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>47815</v>
       </c>
       <c>
         <v>120.32</v>
       </c>
       <c>
         <v>112.15</v>
       </c>
       <c>
         <v>117.52</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G12" s="2">
+      <c r="G12" s="1">
         <v>43720</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>76759</v>
       </c>
       <c>
         <v>122.03</v>
       </c>
       <c>
         <v>114.67</v>
       </c>
       <c>
         <v>114.75</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G13" s="2">
+      <c r="G13" s="1">
         <v>43723</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>23492</v>
       </c>
       <c>
         <v>120.46</v>
       </c>
       <c>
         <v>106.21</v>
       </c>
       <c>
         <v>116.85</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G14" s="2">
+      <c r="G14" s="1">
         <v>43724</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>56127</v>
       </c>
       <c>
         <v>118.08</v>
       </c>
       <c>
         <v>113.55</v>
       </c>
       <c>
         <v>116.69</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G15" s="2">
+      <c r="G15" s="1">
         <v>43725</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>81142</v>
       </c>
       <c>
         <v>128.23</v>
       </c>
       <c>
         <v>110.91</v>
       </c>
       <c>
         <v>117.25</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G16" s="2">
+      <c r="G16" s="1">
         <v>43726</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>46384</v>
       </c>
       <c>
         <v>120.55</v>
       </c>
       <c>
         <v>108.09</v>
       </c>
       <c>
         <v>112.52</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G17" s="2">
+      <c r="G17" s="1">
         <v>43727</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>51005</v>
       </c>
       <c>
         <v>112.58</v>
       </c>
       <c>
         <v>105.42</v>
       </c>
       <c>
         <v>109.12</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G18" s="2">
+      <c r="G18" s="1">
         <v>43730</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>35223</v>
       </c>
       <c>
         <v>115.23</v>
       </c>
       <c>
         <v>97.25</v>
       </c>
       <c>
         <v>101.56</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G19" s="2">
+      <c r="G19" s="1">
         <v>43731</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>69827</v>
       </c>
       <c>
         <v>111.34</v>
       </c>
       <c>
         <v>92.45</v>
       </c>
       <c>
         <v>97.23</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G20" s="2">
+      <c r="G20" s="1">
         <v>43732</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>45000</v>
       </c>
       <c>
         <v>107.45</v>
       </c>
       <c>
         <v>87.23</v>
       </c>
       <c>
         <v>94.98</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G21" s="2">
+      <c r="G21" s="1">
         <v>43733</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>57232</v>
       </c>
       <c>
         <v>109.22</v>
       </c>
       <c>
         <v>95.45</v>
       </c>
       <c>
         <v>104.23</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G22" s="2">
+      <c r="G22" s="1">
         <v>43734</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>14037</v>
       </c>
       <c>
         <v>114.22</v>
       </c>
       <c>
         <v>100.45</v>
       </c>
       <c>
         <v>109.23</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G23" s="2">
+      <c r="G23" s="1">
         <v>43737</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>34023</v>
       </c>
       <c>
         <v>119.22</v>
       </c>
       <c>
         <v>105.45</v>
       </c>
       <c>
         <v>114.23</v>
       </c>
     </row>
     <row ht="15.1">
-      <c r="G24" s="2">
+      <c r="G24" s="1">
         <v>43738</v>
       </c>
-      <c s="1">
+      <c s="2">
         <v>45023</v>
       </c>
       <c>
         <v>116.22</v>
       </c>
       <c>
         <v>99.87</v>
       </c>
       <c>
         <v>104.17</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>