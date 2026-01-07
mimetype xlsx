--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -682,549 +682,549 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2">
         <f ca="1" t="shared" si="0" ref="G2:J30">INT(RAND() * 500) + 150</f>
-        <v>474</v>
-[...7 lines deleted...]
-        <v>217</v>
+        <v>193</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>604</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>558</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>452</v>
+      </c>
+    </row>
+    <row>
+      <c r="G3">
+        <f ca="1" t="shared" si="0"/>
+        <v>289</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>379</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>273</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>372</v>
+      </c>
+    </row>
+    <row>
+      <c r="G4">
+        <f ca="1" t="shared" si="0"/>
+        <v>329</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>532</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>235</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>275</v>
+      </c>
+    </row>
+    <row>
+      <c r="G5">
+        <f ca="1" t="shared" si="0"/>
+        <v>542</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>501</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>532</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>253</v>
+      </c>
+    </row>
+    <row>
+      <c r="G6">
+        <f ca="1" t="shared" si="0"/>
+        <v>472</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>624</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>440</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>587</v>
+      </c>
+    </row>
+    <row>
+      <c r="G7">
+        <f ca="1" t="shared" si="0"/>
+        <v>435</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>200</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>478</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>590</v>
+      </c>
+    </row>
+    <row>
+      <c r="G8">
+        <f ca="1" t="shared" si="0"/>
+        <v>170</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>249</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>442</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>623</v>
+      </c>
+    </row>
+    <row>
+      <c r="G9">
+        <f ca="1" t="shared" si="0"/>
+        <v>450</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>157</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>363</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>279</v>
+      </c>
+    </row>
+    <row>
+      <c r="G10">
+        <f ca="1" t="shared" si="0"/>
+        <v>168</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>191</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>614</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>278</v>
+      </c>
+    </row>
+    <row>
+      <c r="G11">
+        <f ca="1" t="shared" si="0"/>
+        <v>487</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>476</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>235</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>400</v>
+      </c>
+    </row>
+    <row>
+      <c r="G12">
+        <f ca="1" t="shared" si="0"/>
+        <v>460</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>350</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>504</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>576</v>
+      </c>
+    </row>
+    <row>
+      <c r="G13">
+        <f ca="1" t="shared" si="0"/>
+        <v>321</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>606</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>606</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>342</v>
+      </c>
+    </row>
+    <row>
+      <c r="G14">
+        <f ca="1" t="shared" si="0"/>
+        <v>440</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>198</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>637</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>223</v>
+      </c>
+    </row>
+    <row>
+      <c r="G15">
+        <f ca="1" t="shared" si="0"/>
+        <v>229</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>348</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>542</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>385</v>
+      </c>
+    </row>
+    <row>
+      <c r="G16">
+        <f ca="1" t="shared" si="0"/>
+        <v>563</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>373</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>582</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>161</v>
+      </c>
+    </row>
+    <row>
+      <c r="G17">
+        <f ca="1" t="shared" si="0"/>
+        <v>531</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>470</v>
       </c>
-    </row>
-[...7 lines deleted...]
-        <v>556</v>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>463</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>222</v>
+      </c>
+    </row>
+    <row>
+      <c r="G18">
+        <f ca="1" t="shared" si="0"/>
+        <v>438</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>324</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>380</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row>
+      <c r="G19">
+        <f ca="1" t="shared" si="0"/>
+        <v>190</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>466</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>235</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>476</v>
+      </c>
+    </row>
+    <row>
+      <c r="G20">
+        <f ca="1" t="shared" si="0"/>
+        <v>339</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>477</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>190</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>361</v>
+      </c>
+    </row>
+    <row>
+      <c r="G21">
+        <f ca="1" t="shared" si="0"/>
+        <v>360</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>611</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>517</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>390</v>
+      </c>
+    </row>
+    <row>
+      <c r="G22">
+        <f ca="1" t="shared" si="0"/>
+        <v>572</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>260</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>476</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>449</v>
+      </c>
+    </row>
+    <row>
+      <c r="G23">
+        <f ca="1" t="shared" si="0"/>
+        <v>216</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>240</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>442</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>525</v>
+      </c>
+    </row>
+    <row>
+      <c r="G24">
+        <f ca="1" t="shared" si="0"/>
+        <v>604</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>231</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>266</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>166</v>
+      </c>
+    </row>
+    <row>
+      <c r="G25">
+        <f ca="1" t="shared" si="0"/>
+        <v>611</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>158</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>578</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>236</v>
+      </c>
+    </row>
+    <row>
+      <c r="G26">
+        <f ca="1" t="shared" si="0"/>
+        <v>269</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>256</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
+        <v>295</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>478</v>
+      </c>
+    </row>
+    <row>
+      <c r="G27">
+        <f ca="1" t="shared" si="0"/>
+        <v>347</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>388</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>613</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>171</v>
+      </c>
+    </row>
+    <row>
+      <c r="G28">
+        <f ca="1" t="shared" si="0"/>
+        <v>192</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>326</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>511</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>388</v>
+      </c>
+    </row>
+    <row>
+      <c r="G29">
+        <f ca="1" t="shared" si="0"/>
+        <v>370</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>444</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>633</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>521</v>
+      </c>
+    </row>
+    <row>
+      <c r="G30">
+        <f ca="1" t="shared" si="0"/>
         <v>323</v>
       </c>
-    </row>
-[...223 lines deleted...]
-        <v>168</v>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>221</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>310</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>269</v>
-      </c>
-[...254 lines deleted...]
-        <v>284</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>