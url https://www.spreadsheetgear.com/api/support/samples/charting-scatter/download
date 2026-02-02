--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -682,549 +682,549 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2">
         <f ca="1" t="shared" si="0" ref="G2:J30">INT(RAND() * 500) + 150</f>
-        <v>193</v>
-[...11 lines deleted...]
-        <v>452</v>
+        <v>265</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>333</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>635</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>376</v>
       </c>
     </row>
     <row>
       <c r="G3">
         <f ca="1" t="shared" si="0"/>
-        <v>289</v>
-[...11 lines deleted...]
-        <v>372</v>
+        <v>338</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>458</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>534</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>203</v>
       </c>
     </row>
     <row>
       <c r="G4">
         <f ca="1" t="shared" si="0"/>
-        <v>329</v>
-[...11 lines deleted...]
-        <v>275</v>
+        <v>463</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>563</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>202</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>335</v>
       </c>
     </row>
     <row>
       <c r="G5">
         <f ca="1" t="shared" si="0"/>
-        <v>542</v>
+        <v>255</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>269</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>442</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>430</v>
+      </c>
+    </row>
+    <row>
+      <c r="G6">
+        <f ca="1" t="shared" si="0"/>
+        <v>417</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>510</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>286</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>413</v>
+      </c>
+    </row>
+    <row>
+      <c r="G7">
+        <f ca="1" t="shared" si="0"/>
+        <v>456</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>513</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>440</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>424</v>
+      </c>
+    </row>
+    <row>
+      <c r="G8">
+        <f ca="1" t="shared" si="0"/>
+        <v>527</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>170</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>513</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>584</v>
+      </c>
+    </row>
+    <row>
+      <c r="G9">
+        <f ca="1" t="shared" si="0"/>
+        <v>603</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>382</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>178</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>204</v>
+      </c>
+    </row>
+    <row>
+      <c r="G10">
+        <f ca="1" t="shared" si="0"/>
+        <v>370</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>635</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>429</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>205</v>
+      </c>
+    </row>
+    <row>
+      <c r="G11">
+        <f ca="1" t="shared" si="0"/>
+        <v>288</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>354</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>639</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>541</v>
+      </c>
+    </row>
+    <row>
+      <c r="G12">
+        <f ca="1" t="shared" si="0"/>
+        <v>635</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>410</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>449</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>168</v>
+      </c>
+    </row>
+    <row>
+      <c r="G13">
+        <f ca="1" t="shared" si="0"/>
+        <v>371</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>503</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>514</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>377</v>
+      </c>
+    </row>
+    <row>
+      <c r="G14">
+        <f ca="1" t="shared" si="0"/>
+        <v>397</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>636</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>293</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>635</v>
+      </c>
+    </row>
+    <row>
+      <c r="G15">
+        <f ca="1" t="shared" si="0"/>
+        <v>284</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>221</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>456</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>425</v>
+      </c>
+    </row>
+    <row>
+      <c r="G16">
+        <f ca="1" t="shared" si="0"/>
+        <v>513</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>426</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>586</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>606</v>
+      </c>
+    </row>
+    <row>
+      <c r="G17">
+        <f ca="1" t="shared" si="0"/>
+        <v>592</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>569</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>555</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>514</v>
+      </c>
+    </row>
+    <row>
+      <c r="G18">
+        <f ca="1" t="shared" si="0"/>
+        <v>461</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>462</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>461</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>269</v>
+      </c>
+    </row>
+    <row>
+      <c r="G19">
+        <f ca="1" t="shared" si="0"/>
+        <v>459</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>524</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>339</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>229</v>
+      </c>
+    </row>
+    <row>
+      <c r="G20">
+        <f ca="1" t="shared" si="0"/>
+        <v>263</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>417</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>177</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>194</v>
+      </c>
+    </row>
+    <row>
+      <c r="G21">
+        <f ca="1" t="shared" si="0"/>
+        <v>288</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>557</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>443</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>160</v>
+      </c>
+    </row>
+    <row>
+      <c r="G22">
+        <f ca="1" t="shared" si="0"/>
+        <v>243</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>278</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>537</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>516</v>
+      </c>
+    </row>
+    <row>
+      <c r="G23">
+        <f ca="1" t="shared" si="0"/>
+        <v>394</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>591</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>485</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>577</v>
+      </c>
+    </row>
+    <row>
+      <c r="G24">
+        <f ca="1" t="shared" si="0"/>
+        <v>279</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>191</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>448</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>366</v>
+      </c>
+    </row>
+    <row>
+      <c r="G25">
+        <f ca="1" t="shared" si="0"/>
+        <v>333</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>589</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>586</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>190</v>
+      </c>
+    </row>
+    <row>
+      <c r="G26">
+        <f ca="1" t="shared" si="0"/>
+        <v>325</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>229</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>324</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>398</v>
+      </c>
+    </row>
+    <row>
+      <c r="G27">
+        <f ca="1" t="shared" si="0"/>
+        <v>399</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>347</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>647</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>335</v>
+      </c>
+    </row>
+    <row>
+      <c r="G28">
+        <f ca="1" t="shared" si="0"/>
+        <v>605</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>427</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>454</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>338</v>
+      </c>
+    </row>
+    <row>
+      <c r="G29">
+        <f ca="1" t="shared" si="0"/>
+        <v>298</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>322</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>501</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>532</v>
-[...153 lines deleted...]
-        <v>440</v>
+        <v>319</v>
+      </c>
+    </row>
+    <row>
+      <c r="G30">
+        <f ca="1" t="shared" si="0"/>
+        <v>562</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>434</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>377</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>198</v>
-      </c>
-[...294 lines deleted...]
-        <v>269</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>