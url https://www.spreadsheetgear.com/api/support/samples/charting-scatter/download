--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -682,549 +682,549 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2">
         <f ca="1" t="shared" si="0" ref="G2:J30">INT(RAND() * 500) + 150</f>
-        <v>265</v>
-[...3 lines deleted...]
-        <v>333</v>
+        <v>431</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>467</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>331</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>166</v>
+      </c>
+    </row>
+    <row>
+      <c r="G3">
+        <f ca="1" t="shared" si="0"/>
+        <v>447</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>339</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>173</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>512</v>
+      </c>
+    </row>
+    <row>
+      <c r="G4">
+        <f ca="1" t="shared" si="0"/>
+        <v>517</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>259</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>540</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>586</v>
+      </c>
+    </row>
+    <row>
+      <c r="G5">
+        <f ca="1" t="shared" si="0"/>
+        <v>582</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>544</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>246</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>303</v>
+      </c>
+    </row>
+    <row>
+      <c r="G6">
+        <f ca="1" t="shared" si="0"/>
+        <v>564</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>379</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>302</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>353</v>
+      </c>
+    </row>
+    <row>
+      <c r="G7">
+        <f ca="1" t="shared" si="0"/>
+        <v>170</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>399</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>151</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>570</v>
+      </c>
+    </row>
+    <row>
+      <c r="G8">
+        <f ca="1" t="shared" si="0"/>
+        <v>218</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>467</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>288</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>521</v>
+      </c>
+    </row>
+    <row>
+      <c r="G9">
+        <f ca="1" t="shared" si="0"/>
+        <v>568</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>588</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>515</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>635</v>
       </c>
-      <c>
-[...23 lines deleted...]
-      <c r="G4">
+    </row>
+    <row>
+      <c r="G10">
+        <f ca="1" t="shared" si="0"/>
+        <v>410</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>538</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>319</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>298</v>
+      </c>
+    </row>
+    <row>
+      <c r="G11">
+        <f ca="1" t="shared" si="0"/>
+        <v>284</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>568</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>481</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>494</v>
+      </c>
+    </row>
+    <row>
+      <c r="G12">
+        <f ca="1" t="shared" si="0"/>
+        <v>373</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>450</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>450</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>236</v>
+      </c>
+    </row>
+    <row>
+      <c r="G13">
+        <f ca="1" t="shared" si="0"/>
+        <v>359</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>159</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>288</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>152</v>
+      </c>
+    </row>
+    <row>
+      <c r="G14">
+        <f ca="1" t="shared" si="0"/>
+        <v>459</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>410</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>528</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>415</v>
+      </c>
+    </row>
+    <row>
+      <c r="G15">
+        <f ca="1" t="shared" si="0"/>
+        <v>378</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>339</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>286</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>627</v>
+      </c>
+    </row>
+    <row>
+      <c r="G16">
+        <f ca="1" t="shared" si="0"/>
+        <v>187</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>161</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>193</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>281</v>
+      </c>
+    </row>
+    <row>
+      <c r="G17">
+        <f ca="1" t="shared" si="0"/>
+        <v>377</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>446</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>499</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>211</v>
+      </c>
+    </row>
+    <row>
+      <c r="G18">
+        <f ca="1" t="shared" si="0"/>
+        <v>526</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>455</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>176</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>510</v>
+      </c>
+    </row>
+    <row>
+      <c r="G19">
+        <f ca="1" t="shared" si="0"/>
+        <v>585</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>562</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>434</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>505</v>
+      </c>
+    </row>
+    <row>
+      <c r="G20">
+        <f ca="1" t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>566</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>491</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>352</v>
+      </c>
+    </row>
+    <row>
+      <c r="G21">
+        <f ca="1" t="shared" si="0"/>
+        <v>193</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>499</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>162</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>402</v>
+      </c>
+    </row>
+    <row>
+      <c r="G22">
+        <f ca="1" t="shared" si="0"/>
+        <v>404</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>443</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>297</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>508</v>
+      </c>
+    </row>
+    <row>
+      <c r="G23">
+        <f ca="1" t="shared" si="0"/>
+        <v>322</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>600</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>541</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>211</v>
+      </c>
+    </row>
+    <row>
+      <c r="G24">
+        <f ca="1" t="shared" si="0"/>
+        <v>496</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>421</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>261</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>471</v>
+      </c>
+    </row>
+    <row>
+      <c r="G25">
+        <f ca="1" t="shared" si="0"/>
+        <v>334</v>
+      </c>
+      <c>
         <f ca="1" t="shared" si="0"/>
         <v>463</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>563</v>
-[...17 lines deleted...]
-        <v>269</v>
+        <v>447</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>423</v>
+      </c>
+    </row>
+    <row>
+      <c r="G26">
+        <f ca="1" t="shared" si="0"/>
+        <v>540</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>343</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>217</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>479</v>
+      </c>
+    </row>
+    <row>
+      <c r="G27">
+        <f ca="1" t="shared" si="0"/>
+        <v>242</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>620</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>311</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>586</v>
+      </c>
+    </row>
+    <row>
+      <c r="G28">
+        <f ca="1" t="shared" si="0"/>
+        <v>388</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>313</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>431</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>409</v>
+      </c>
+    </row>
+    <row>
+      <c r="G29">
+        <f ca="1" t="shared" si="0"/>
+        <v>151</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>473</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>463</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>548</v>
+      </c>
+    </row>
+    <row>
+      <c r="G30">
+        <f ca="1" t="shared" si="0"/>
+        <v>176</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>566</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>457</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>442</v>
-      </c>
-[...452 lines deleted...]
-        <v>198</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>