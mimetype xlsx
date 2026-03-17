--- v3 (2026-02-22)
+++ v4 (2026-03-17)
@@ -682,549 +682,549 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2">
         <f ca="1" t="shared" si="0" ref="G2:J30">INT(RAND() * 500) + 150</f>
-        <v>431</v>
-[...5 lines deleted...]
-      <c>
+        <v>434</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>408</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>302</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>242</v>
+      </c>
+    </row>
+    <row>
+      <c r="G3">
+        <f ca="1" t="shared" si="0"/>
+        <v>412</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>268</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>220</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>425</v>
+      </c>
+    </row>
+    <row>
+      <c r="G4">
+        <f ca="1" t="shared" si="0"/>
+        <v>522</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>335</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>540</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>534</v>
+      </c>
+    </row>
+    <row>
+      <c r="G5">
         <f ca="1" t="shared" si="0"/>
         <v>331</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>166</v>
-[...21 lines deleted...]
-      <c r="G4">
+        <v>308</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>400</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>199</v>
+      </c>
+    </row>
+    <row>
+      <c r="G6">
+        <f ca="1" t="shared" si="0"/>
+        <v>369</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>554</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>227</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>160</v>
+      </c>
+    </row>
+    <row>
+      <c r="G7">
+        <f ca="1" t="shared" si="0"/>
+        <v>392</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>573</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>245</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>575</v>
+      </c>
+    </row>
+    <row>
+      <c r="G8">
+        <f ca="1" t="shared" si="0"/>
+        <v>259</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>520</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>186</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>514</v>
+      </c>
+    </row>
+    <row>
+      <c r="G9">
         <f ca="1" t="shared" si="0"/>
         <v>517</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>259</v>
-[...53 lines deleted...]
-        <v>399</v>
+        <v>432</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>343</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>445</v>
+      </c>
+    </row>
+    <row>
+      <c r="G10">
+        <f ca="1" t="shared" si="0"/>
+        <v>287</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>409</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>348</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>394</v>
+      </c>
+    </row>
+    <row>
+      <c r="G11">
+        <f ca="1" t="shared" si="0"/>
+        <v>250</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>622</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>380</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>585</v>
+      </c>
+    </row>
+    <row>
+      <c r="G12">
+        <f ca="1" t="shared" si="0"/>
+        <v>333</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>607</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>273</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>413</v>
+      </c>
+    </row>
+    <row>
+      <c r="G13">
+        <f ca="1" t="shared" si="0"/>
+        <v>174</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>388</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>484</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>256</v>
+      </c>
+    </row>
+    <row>
+      <c r="G14">
+        <f ca="1" t="shared" si="0"/>
+        <v>256</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>288</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>247</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>621</v>
+      </c>
+    </row>
+    <row>
+      <c r="G15">
+        <f ca="1" t="shared" si="0"/>
+        <v>364</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>426</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>356</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>608</v>
+      </c>
+    </row>
+    <row>
+      <c r="G16">
+        <f ca="1" t="shared" si="0"/>
+        <v>426</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>513</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>394</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>632</v>
+      </c>
+    </row>
+    <row>
+      <c r="G17">
+        <f ca="1" t="shared" si="0"/>
+        <v>223</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>155</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>274</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>490</v>
+      </c>
+    </row>
+    <row>
+      <c r="G18">
+        <f ca="1" t="shared" si="0"/>
+        <v>301</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>631</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>493</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>479</v>
+      </c>
+    </row>
+    <row>
+      <c r="G19">
+        <f ca="1" t="shared" si="0"/>
+        <v>184</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>363</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>305</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>192</v>
+      </c>
+    </row>
+    <row>
+      <c r="G20">
+        <f ca="1" t="shared" si="0"/>
+        <v>223</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>562</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>585</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>410</v>
+      </c>
+    </row>
+    <row>
+      <c r="G21">
+        <f ca="1" t="shared" si="0"/>
+        <v>352</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>476</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>521</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>216</v>
+      </c>
+    </row>
+    <row>
+      <c r="G22">
+        <f ca="1" t="shared" si="0"/>
+        <v>218</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>414</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>155</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>427</v>
+      </c>
+    </row>
+    <row>
+      <c r="G23">
+        <f ca="1" t="shared" si="0"/>
+        <v>169</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>285</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>419</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>542</v>
+      </c>
+    </row>
+    <row>
+      <c r="G24">
+        <f ca="1" t="shared" si="0"/>
+        <v>382</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>600</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>261</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>245</v>
+      </c>
+    </row>
+    <row>
+      <c r="G25">
+        <f ca="1" t="shared" si="0"/>
+        <v>433</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>151</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>570</v>
-[...39 lines deleted...]
-      <c r="G10">
+        <v>172</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>439</v>
+      </c>
+    </row>
+    <row>
+      <c r="G26">
+        <f ca="1" t="shared" si="0"/>
+        <v>241</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>404</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>365</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row>
+      <c r="G27">
+        <f ca="1" t="shared" si="0"/>
+        <v>282</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>509</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>242</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>256</v>
+      </c>
+    </row>
+    <row>
+      <c r="G28">
+        <f ca="1" t="shared" si="0"/>
+        <v>383</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>495</v>
+      </c>
+      <c>
         <f ca="1" t="shared" si="0"/>
         <v>410</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>538</v>
-[...331 lines deleted...]
-        <v>409</v>
+        <v>271</v>
       </c>
     </row>
     <row>
       <c r="G29">
         <f ca="1" t="shared" si="0"/>
+        <v>551</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>199</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>360</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
         <v>151</v>
       </c>
-      <c>
-[...10 lines deleted...]
-      </c>
     </row>
     <row>
       <c r="G30">
         <f ca="1" t="shared" si="0"/>
-        <v>176</v>
-[...11 lines deleted...]
-        <v>442</v>
+        <v>500</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>432</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>249</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>