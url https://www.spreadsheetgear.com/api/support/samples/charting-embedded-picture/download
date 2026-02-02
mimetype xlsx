--- v0 (2026-01-07)
+++ v1 (2026-02-02)
@@ -844,126 +844,126 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A2:A10">RAND()</f>
-        <v>0.7219107375050369</v>
+        <v>0.05674461542478326</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="B2:B10">1-A2</f>
-        <v>0.27808926249496313</v>
+        <v>0.9432553845752167</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.38051550217554286</v>
+        <v>0.2538547280600021</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.6194844978244571</v>
+        <v>0.7461452719399979</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.3251673167018039</v>
+        <v>0.4230392383596664</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.6748326832981961</v>
+        <v>0.5769607616403336</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.04720055728085981</v>
+        <v>0.0747253228828395</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.9527994427191402</v>
+        <v>0.9252746771171605</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.8010802889159212</v>
+        <v>0.8032786288746996</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.1989197110840788</v>
+        <v>0.19672137112530041</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.8778523037649579</v>
+        <v>0.9946182002076878</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.12214769623504207</v>
+        <v>0.005381799792312236</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.49246122264833225</v>
+        <v>0.562573000640934</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.5075387773516677</v>
+        <v>0.43742699935906604</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.17221794431919601</v>
+        <v>0.29993827643404813</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.827782055680804</v>
+        <v>0.7000617235659519</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7046900664884372</v>
+        <v>0.7405902007054754</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.29530993351156276</v>
+        <v>0.25940979929452457</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>