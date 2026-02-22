--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -844,126 +844,126 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A2:A10">RAND()</f>
-        <v>0.05674461542478326</v>
+        <v>0.6333509810707483</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="B2:B10">1-A2</f>
-        <v>0.9432553845752167</v>
+        <v>0.3666490189292517</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.2538547280600021</v>
+        <v>0.31730946642898594</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.7461452719399979</v>
+        <v>0.6826905335710141</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.4230392383596664</v>
+        <v>0.7195356862422813</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.5769607616403336</v>
+        <v>0.28046431375771874</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.0747253228828395</v>
+        <v>0.3282382807658859</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.9252746771171605</v>
+        <v>0.6717617192341141</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.8032786288746996</v>
+        <v>0.3955297392845525</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.19672137112530041</v>
+        <v>0.6044702607154475</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.9946182002076878</v>
+        <v>0.7880837473921884</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.005381799792312236</v>
+        <v>0.21191625260781155</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.562573000640934</v>
+        <v>0.0537725828277722</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.43742699935906604</v>
+        <v>0.9462274171722278</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.29993827643404813</v>
+        <v>0.42673302712305183</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.7000617235659519</v>
+        <v>0.5732669728769482</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7405902007054754</v>
+        <v>0.7323285417781449</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.25940979929452457</v>
+        <v>0.2676714582218551</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>