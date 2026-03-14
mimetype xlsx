--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -844,126 +844,126 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A2:A10">RAND()</f>
-        <v>0.6333509810707483</v>
+        <v>0.17834351338807686</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="B2:B10">1-A2</f>
-        <v>0.3666490189292517</v>
+        <v>0.8216564866119231</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.31730946642898594</v>
+        <v>0.9103299674680558</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.6826905335710141</v>
+        <v>0.08967003253194417</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7195356862422813</v>
+        <v>0.33408198307685577</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.28046431375771874</v>
+        <v>0.6659180169231442</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.3282382807658859</v>
+        <v>0.5818996381075232</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.6717617192341141</v>
+        <v>0.4181003618924768</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.3955297392845525</v>
+        <v>0.45517286906740484</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.6044702607154475</v>
+        <v>0.5448271309325952</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7880837473921884</v>
+        <v>0.5956572677510792</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.21191625260781155</v>
+        <v>0.4043427322489208</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.0537725828277722</v>
+        <v>0.2664754680967967</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.9462274171722278</v>
+        <v>0.7335245319032033</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.42673302712305183</v>
+        <v>0.18636803373279776</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.5732669728769482</v>
+        <v>0.8136319662672022</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>0.7323285417781449</v>
+        <v>0.6077559198689624</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>0.2676714582218551</v>
+        <v>0.3922440801310376</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>