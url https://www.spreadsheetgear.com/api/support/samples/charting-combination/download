--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -837,129 +837,129 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="H2" t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0" ref="H3:J7">INT(RAND() * 500) + 300</f>
-        <v>563</v>
-[...7 lines deleted...]
-        <v>444</v>
+        <v>734</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>698</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>795</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="K3:K7">SUM(H3:J3)</f>
-        <v>1775</v>
+        <v>2227</v>
       </c>
     </row>
     <row>
       <c r="G4" t="s">
         <v>3</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>664</v>
-[...7 lines deleted...]
-        <v>584</v>
+        <v>712</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>714</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>699</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1864</v>
+        <v>2125</v>
       </c>
     </row>
     <row>
       <c r="G5" t="s">
         <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>476</v>
-[...7 lines deleted...]
-        <v>591</v>
+        <v>328</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>601</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>558</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1834</v>
+        <v>1487</v>
       </c>
     </row>
     <row>
       <c r="G6" t="s">
         <v>7</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>381</v>
-[...7 lines deleted...]
-        <v>549</v>
+        <v>341</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>403</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>594</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1362</v>
+        <v>1338</v>
       </c>
     </row>
     <row>
       <c r="G7" t="s">
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>333</v>
-[...7 lines deleted...]
-        <v>523</v>
+        <v>335</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>421</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>685</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1551</v>
+        <v>1441</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>