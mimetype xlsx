--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -837,129 +837,129 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="H2" t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0" ref="H3:J7">INT(RAND() * 500) + 300</f>
-        <v>734</v>
-[...7 lines deleted...]
-        <v>795</v>
+        <v>430</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>499</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>783</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="K3:K7">SUM(H3:J3)</f>
-        <v>2227</v>
+        <v>1712</v>
       </c>
     </row>
     <row>
       <c r="G4" t="s">
         <v>3</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>712</v>
-[...7 lines deleted...]
-        <v>699</v>
+        <v>358</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>647</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>597</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>2125</v>
+        <v>1602</v>
       </c>
     </row>
     <row>
       <c r="G5" t="s">
         <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>328</v>
-[...7 lines deleted...]
-        <v>558</v>
+        <v>724</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>682</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>302</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1487</v>
+        <v>1708</v>
       </c>
     </row>
     <row>
       <c r="G6" t="s">
         <v>7</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>341</v>
-[...7 lines deleted...]
-        <v>594</v>
+        <v>611</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>610</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>541</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1338</v>
+        <v>1762</v>
       </c>
     </row>
     <row>
       <c r="G7" t="s">
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>335</v>
-[...7 lines deleted...]
-        <v>685</v>
+        <v>684</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>644</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>397</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1441</v>
+        <v>1725</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>