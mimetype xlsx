--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -837,129 +837,129 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="H2" t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0" ref="H3:J7">INT(RAND() * 500) + 300</f>
-        <v>430</v>
-[...7 lines deleted...]
-        <v>783</v>
+        <v>362</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>522</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>534</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="K3:K7">SUM(H3:J3)</f>
-        <v>1712</v>
+        <v>1418</v>
       </c>
     </row>
     <row>
       <c r="G4" t="s">
         <v>3</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>358</v>
-[...7 lines deleted...]
-        <v>597</v>
+        <v>311</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>468</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>630</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1602</v>
+        <v>1409</v>
       </c>
     </row>
     <row>
       <c r="G5" t="s">
         <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>724</v>
-[...7 lines deleted...]
-        <v>302</v>
+        <v>725</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>558</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>741</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1708</v>
+        <v>2024</v>
       </c>
     </row>
     <row>
       <c r="G6" t="s">
         <v>7</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>611</v>
-[...7 lines deleted...]
-        <v>541</v>
+        <v>755</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>660</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>373</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1762</v>
+        <v>1788</v>
       </c>
     </row>
     <row>
       <c r="G7" t="s">
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>684</v>
-[...7 lines deleted...]
-        <v>397</v>
+        <v>527</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>604</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>327</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1725</v>
+        <v>1458</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>