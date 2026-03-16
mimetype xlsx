--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -837,129 +837,129 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="H2" t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
       <c t="s">
         <v>8</v>
       </c>
       <c t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" t="s">
         <v>6</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0" ref="H3:J7">INT(RAND() * 500) + 300</f>
-        <v>362</v>
-[...7 lines deleted...]
-        <v>534</v>
+        <v>304</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>573</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>563</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1" ref="K3:K7">SUM(H3:J3)</f>
-        <v>1418</v>
+        <v>1440</v>
       </c>
     </row>
     <row>
       <c r="G4" t="s">
         <v>3</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>311</v>
-[...7 lines deleted...]
-        <v>630</v>
+        <v>616</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>591</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>658</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1409</v>
+        <v>1865</v>
       </c>
     </row>
     <row>
       <c r="G5" t="s">
         <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>725</v>
-[...7 lines deleted...]
-        <v>741</v>
+        <v>553</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>677</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>336</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>2024</v>
+        <v>1566</v>
       </c>
     </row>
     <row>
       <c r="G6" t="s">
         <v>7</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>755</v>
-[...7 lines deleted...]
-        <v>373</v>
+        <v>579</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>605</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>789</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1788</v>
+        <v>1973</v>
       </c>
     </row>
     <row>
       <c r="G7" t="s">
         <v>0</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>527</v>
-[...7 lines deleted...]
-        <v>327</v>
+        <v>447</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>648</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>641</v>
       </c>
       <c>
         <f ca="1" t="shared" si="1"/>
-        <v>1458</v>
+        <v>1736</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>