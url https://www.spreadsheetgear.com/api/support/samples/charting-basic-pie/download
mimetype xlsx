--- v0 (2026-01-06)
+++ v1 (2026-01-27)
@@ -226,54 +226,54 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
@@ -656,180 +656,180 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
       <c r="G2" s="5"/>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>7</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>5871.968784278884</v>
+        <v>7099.282880748571</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5145.510791831966</v>
+        <v>7658.715460245455</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3641.712364002771</v>
+        <v>6160.972223163716</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7402.850756534589</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>4048.385448802045</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>22062.042696648212</v>
+        <v>24967.356012959786</v>
       </c>
     </row>
     <row>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>7406.87996631354</v>
+        <v>6034.409998850235</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5512.16809249554</v>
+        <v>6623.036470403897</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8295.611271610633</v>
+        <v>7456.347964226436</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7377.141500507618</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>8540.387753443527</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>28591.80083092733</v>
+        <v>28654.182186924092</v>
       </c>
     </row>
     <row>
       <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>2960.163798796257</v>
+        <v>3372.2226336624</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3261.9415973602354</v>
+        <v>1900.8584751076442</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4273.125629311622</v>
+        <v>4962.482127010842</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3635.411083133543</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>1546.0716442916437</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>14130.642108601656</v>
+        <v>11781.63488007253</v>
       </c>
     </row>
     <row>
       <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9903.247074776396</v>
+        <v>7224.532803913871</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8026.53842959097</v>
+        <v>8866.735922462954</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8963.504740005013</v>
+        <v>8871.137242620878</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10021.921714501847</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>8983.85736211369</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>36915.21195887423</v>
+        <v>33946.26333111139</v>
       </c>
     </row>
     <row>
       <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>26142.259624165075</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>23730.448317175076</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>21946.15891127871</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>25049.346328219952</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>25173.95400493004</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>27450.93955702187</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>28437.325054677596</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>23118.702208650902</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>101699.69759505143</v>
+        <v>99349.4364110678</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>