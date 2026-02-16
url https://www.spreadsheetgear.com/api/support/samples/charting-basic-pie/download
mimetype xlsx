--- v1 (2026-01-27)
+++ v2 (2026-02-16)
@@ -231,54 +231,54 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -655,181 +655,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="5"/>
+      <c r="G2" s="4"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>7099.282880748571</v>
+        <v>7436.708127606664</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7658.715460245455</v>
+        <v>6518.286540844931</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6160.972223163716</v>
+        <v>4184.78005532257</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4048.385448802045</v>
+        <v>4291.557911727179</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>24967.356012959786</v>
+        <v>22431.33263550134</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>6034.409998850235</v>
+        <v>5554.049745844266</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6623.036470403897</v>
+        <v>9031.80344682444</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7456.347964226436</v>
+        <v>7473.332150131238</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8540.387753443527</v>
+        <v>4606.587989397497</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>28654.182186924092</v>
+        <v>26665.77333219744</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>3372.2226336624</v>
+        <v>4887.848596636219</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1900.8584751076442</v>
+        <v>4873.0132116764</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4962.482127010842</v>
+        <v>4250.450163249497</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1546.0716442916437</v>
+        <v>2756.3524213775804</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>11781.63488007253</v>
+        <v>16767.664392939696</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="4" t="s">
+      <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>7224.532803913871</v>
+        <v>7773.191633653161</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8866.735922462954</v>
+        <v>10197.875713383557</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8871.137242620878</v>
+        <v>8049.129509943004</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8983.85736211369</v>
+        <v>10945.588382814443</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>33946.26333111139</v>
+        <v>36965.78523979417</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>23730.448317175076</v>
+        <v>25651.79810374031</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>25049.346328219952</v>
+        <v>30620.97891272933</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>27450.93955702187</v>
+        <v>23957.691878646307</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>23118.702208650902</v>
+        <v>22600.086705316702</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>99349.4364110678</v>
+        <v>102830.55560043265</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>