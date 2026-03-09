--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -678,158 +678,158 @@
   <sheetData>
     <row r="2">
       <c r="G2" s="4"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>7436.708127606664</v>
+        <v>3160.377480368448</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6518.286540844931</v>
+        <v>4079.1109903203956</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4184.78005532257</v>
+        <v>5397.968898549636</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4291.557911727179</v>
+        <v>4441.427393282915</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>22431.33263550134</v>
+        <v>17078.884762521397</v>
       </c>
     </row>
     <row>
       <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>5554.049745844266</v>
+        <v>9467.588299964082</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>9031.80344682444</v>
+        <v>5915.048556673626</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7473.332150131238</v>
+        <v>6130.834187124668</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>4606.587989397497</v>
+        <v>8840.585105674481</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>26665.77333219744</v>
+        <v>30354.05614943686</v>
       </c>
     </row>
     <row>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>4887.848596636219</v>
+        <v>1829.304393072956</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4873.0132116764</v>
+        <v>1743.5750613074797</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4250.450163249497</v>
+        <v>5435.465387106076</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2756.3524213775804</v>
+        <v>4650.273728877429</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>16767.664392939696</v>
+        <v>13658.618570363942</v>
       </c>
     </row>
     <row>
       <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>7773.191633653161</v>
+        <v>8046.226430763975</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10197.875713383557</v>
+        <v>6494.932463467883</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8049.129509943004</v>
+        <v>7788.074680765983</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10945.588382814443</v>
+        <v>8922.362011771442</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>36965.78523979417</v>
+        <v>31251.595586769286</v>
       </c>
     </row>
     <row>
       <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>25651.79810374031</v>
+        <v>22503.49660416946</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>30620.97891272933</v>
+        <v>18232.667071769385</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>23957.691878646307</v>
+        <v>24752.34315354636</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>22600.086705316702</v>
+        <v>26854.648239606267</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>102830.55560043265</v>
+        <v>92343.15506909149</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>