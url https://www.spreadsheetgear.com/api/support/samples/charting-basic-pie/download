--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -226,59 +226,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -655,181 +655,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="4"/>
-      <c s="2" t="s">
+      <c r="G2" s="5"/>
+      <c s="1" t="s">
         <v>2</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>7</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>4</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3160.377480368448</v>
+        <v>6717.532267734409</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4079.1109903203956</v>
+        <v>4263.415911309771</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5397.968898549636</v>
+        <v>7765.623909343355</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4441.427393282915</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>4495.5567891567425</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>17078.884762521397</v>
+        <v>23242.12887754428</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="5" t="s">
+      <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>9467.588299964082</v>
+        <v>6606.507846391152</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5915.048556673626</v>
+        <v>6481.166992651802</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6130.834187124668</v>
+        <v>6021.95647819533</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8840.585105674481</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>5060.54077302595</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>30354.05614943686</v>
+        <v>24170.172090264234</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="5" t="s">
+      <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>1829.304393072956</v>
+        <v>3929.14719313341</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1743.5750613074797</v>
+        <v>3628.1366489119982</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5435.465387106076</v>
+        <v>3387.8064500884257</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4650.273728877429</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>5279.93636144032</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>13658.618570363942</v>
+        <v>16225.026653574154</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="5" t="s">
+      <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>8046.226430763975</v>
+        <v>9246.485139746845</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6494.932463467883</v>
+        <v>10149.068132393644</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7788.074680765983</v>
+        <v>6051.106679122777</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8922.362011771442</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>9342.407724043887</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>31251.595586769286</v>
+        <v>34789.06767530715</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>22503.49660416946</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>26499.672447005814</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>18232.667071769385</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>24521.787685267216</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>24752.34315354636</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>23226.493516749884</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>26854.648239606267</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>24178.4416476669</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>92343.15506909149</v>
+        <v>98426.39529668982</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>