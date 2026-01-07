--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -231,54 +231,54 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -687,181 +687,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="4"/>
+      <c r="G2" s="5"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3051.0780612764174</v>
+        <v>3967.5227988917222</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7106.154297945191</v>
+        <v>3826.2803230036075</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3502.1756774065</v>
+        <v>3490.548809263598</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4951.272077454447</v>
+        <v>3144.5570287549103</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>18610.680114082556</v>
+        <v>14428.908959913837</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="5" t="s">
+      <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8856.593152749007</v>
+        <v>8864.665758674091</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7908.297326610636</v>
+        <v>4974.775622035537</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>4814.513451552134</v>
+        <v>5623.2909280398835</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7047.678739391145</v>
+        <v>9085.52161880763</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>28627.082670302923</v>
+        <v>28548.25392755714</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="5" t="s">
+      <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>4459.136849792967</v>
+        <v>4352.739338659125</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3430.5921525172234</v>
+        <v>1020.884526272944</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1525.340139395123</v>
+        <v>2969.9700156579647</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1917.3915179437308</v>
+        <v>2795.4197125041874</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>11332.460659649045</v>
+        <v>11139.01359309422</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="5" t="s">
+      <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>8037.133305218131</v>
+        <v>9388.034159184743</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10699.96975954511</v>
+        <v>9329.314518884541</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10601.59237162538</v>
+        <v>10199.607252942124</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8844.396386025699</v>
+        <v>10780.821347474262</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>38183.091822414324</v>
+        <v>39697.777278485664</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>24403.94136903652</v>
+        <v>26572.96205540968</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>29145.01353661816</v>
+        <v>19151.25499019663</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>20443.621639979137</v>
+        <v>22283.417005903568</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>22760.73872081502</v>
+        <v>25806.31970754099</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>96753.31526644884</v>
+        <v>93813.95375905087</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>