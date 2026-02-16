--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -231,54 +231,54 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -687,181 +687,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="5"/>
+      <c r="G2" s="4"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3967.5227988917222</v>
+        <v>4202.315085835717</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3826.2803230036075</v>
+        <v>3140.2240402432485</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3490.548809263598</v>
+        <v>6195.397089132443</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3144.5570287549103</v>
+        <v>7970.664253637374</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>14428.908959913837</v>
+        <v>21508.60046884878</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8864.665758674091</v>
+        <v>6540.547289159229</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>4974.775622035537</v>
+        <v>6386.209482472672</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5623.2909280398835</v>
+        <v>9147.198367990572</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>9085.52161880763</v>
+        <v>9395.058129113617</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>28548.25392755714</v>
+        <v>31469.01326873609</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>4352.739338659125</v>
+        <v>2662.0984909497683</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1020.884526272944</v>
+        <v>3538.851799553563</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2969.9700156579647</v>
+        <v>5047.095372753002</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2795.4197125041874</v>
+        <v>1134.0242487280552</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>11139.01359309422</v>
+        <v>12382.069911984388</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="4" t="s">
+      <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9388.034159184743</v>
+        <v>8592.751885469334</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9329.314518884541</v>
+        <v>8125.571961340871</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10199.607252942124</v>
+        <v>10467.815704168093</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10780.821347474262</v>
+        <v>10599.00793700375</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>39697.777278485664</v>
+        <v>37785.147487982045</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>26572.96205540968</v>
+        <v>21997.71275141405</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>19151.25499019663</v>
+        <v>21190.857283610356</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>22283.417005903568</v>
+        <v>30857.50653404411</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>25806.31970754099</v>
+        <v>29098.754568482796</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>93813.95375905087</v>
+        <v>103144.8311375513</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>