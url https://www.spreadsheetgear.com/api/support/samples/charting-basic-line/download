--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -226,59 +226,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -687,181 +687,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="4"/>
-      <c s="2" t="s">
+      <c r="G2" s="5"/>
+      <c s="1" t="s">
         <v>2</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>7</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>4</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>4202.315085835717</v>
+        <v>6883.227857815909</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3140.2240402432485</v>
+        <v>7531.707550889501</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6195.397089132443</v>
+        <v>6589.767120251772</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7970.664253637374</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>4416.323979201524</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>21508.60046884878</v>
+        <v>25421.026508158706</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="5" t="s">
+      <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>6540.547289159229</v>
+        <v>5729.172943804464</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6386.209482472672</v>
+        <v>6273.469224828772</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>9147.198367990572</v>
+        <v>7019.612932493529</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>9395.058129113617</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>8973.318812369853</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>31469.01326873609</v>
+        <v>27995.573913496617</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="5" t="s">
+      <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>2662.0984909497683</v>
+        <v>1737.1136635655828</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3538.851799553563</v>
+        <v>4330.5729738629125</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5047.095372753002</v>
+        <v>2179.066754123146</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1134.0242487280552</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>2149.7883514201403</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>12382.069911984388</v>
+        <v>10396.541742971782</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="5" t="s">
+      <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>8592.751885469334</v>
+        <v>9088.723040606175</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8125.571961340871</v>
+        <v>8187.235172225939</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10467.815704168093</v>
+        <v>6926.66144107251</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10599.00793700375</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>10350.215662846607</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>37785.147487982045</v>
+        <v>34552.835316751225</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>21997.71275141405</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>23438.23750579213</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>21190.857283610356</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>26322.984921807125</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>30857.50653404411</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>22715.108247940956</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>29098.754568482796</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>25889.64680583812</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>103144.8311375513</v>
+        <v>98365.97748137833</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>