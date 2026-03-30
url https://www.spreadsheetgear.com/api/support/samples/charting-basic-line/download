--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -710,158 +710,158 @@
   <sheetData>
     <row r="2">
       <c r="G2" s="5"/>
       <c s="1" t="s">
         <v>2</v>
       </c>
       <c s="1" t="s">
         <v>3</v>
       </c>
       <c s="1" t="s">
         <v>7</v>
       </c>
       <c s="1" t="s">
         <v>4</v>
       </c>
       <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>6883.227857815909</v>
+        <v>7132.909413862724</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7531.707550889501</v>
+        <v>7502.860463014828</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6589.767120251772</v>
+        <v>7177.691041879514</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4416.323979201524</v>
+        <v>3736.228834650445</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>25421.026508158706</v>
+        <v>25549.689753407514</v>
       </c>
     </row>
     <row>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>5729.172943804464</v>
+        <v>6763.576505707326</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6273.469224828772</v>
+        <v>9158.689675309332</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7019.612932493529</v>
+        <v>7190.937989986577</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8973.318812369853</v>
+        <v>4812.22054757622</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>27995.573913496617</v>
+        <v>27925.424718579456</v>
       </c>
     </row>
     <row>
       <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>1737.1136635655828</v>
+        <v>5501.812612539231</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4330.5729738629125</v>
+        <v>2580.1647177200894</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2179.066754123146</v>
+        <v>4583.799216224048</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2149.7883514201403</v>
+        <v>1348.6146367530152</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>10396.541742971782</v>
+        <v>14014.391183236383</v>
       </c>
     </row>
     <row>
       <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9088.723040606175</v>
+        <v>10737.474269645187</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8187.235172225939</v>
+        <v>10512.749724104127</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6926.66144107251</v>
+        <v>8174.464630200826</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10350.215662846607</v>
+        <v>7068.557699984552</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>34552.835316751225</v>
+        <v>36493.24632393469</v>
       </c>
     </row>
     <row>
       <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>23438.23750579213</v>
+        <v>30135.77280175447</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>26322.984921807125</v>
+        <v>29754.46458014838</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>22715.108247940956</v>
+        <v>27126.892878290964</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>25889.64680583812</v>
+        <v>16965.62171896423</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>98365.97748137833</v>
+        <v>103982.75197915806</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>