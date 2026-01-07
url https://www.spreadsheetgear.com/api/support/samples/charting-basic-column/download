--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -231,54 +231,54 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -765,181 +765,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="5"/>
+      <c r="G2" s="4"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3535.007415584685</v>
+        <v>4196.004875023275</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6799.614943328029</v>
+        <v>7448.2803906860945</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3088.406721108094</v>
+        <v>3965.9410051966424</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3797.6734850794865</v>
+        <v>3268.478723026351</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>17220.702565100295</v>
+        <v>18878.704993932362</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>9480.562256467498</v>
+        <v>8335.565298764925</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5235.3903000704195</v>
+        <v>8740.060700049053</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7490.364966249328</v>
+        <v>6539.6202243739035</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6704.592639804441</v>
+        <v>6209.870508507247</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>28910.91016259169</v>
+        <v>29825.11673169513</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>2440.239850583409</v>
+        <v>5808.49657650436</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2576.1886895889174</v>
+        <v>3903.7794312142264</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4242.521450586389</v>
+        <v>2366.81141261207</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2126.1237837275175</v>
+        <v>3287.4526469788757</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>11385.073774486234</v>
+        <v>15366.540067309532</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="4" t="s">
+      <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>10890.971606988553</v>
+        <v>8633.281966786832</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8996.540833522196</v>
+        <v>6208.674692396089</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10302.822062555371</v>
+        <v>7520.968099871216</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6705.377827304133</v>
+        <v>10148.50922415145</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>36895.712330370254</v>
+        <v>32511.433983205585</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>26346.78112962414</v>
+        <v>26973.348717079392</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>23607.734766509566</v>
+        <v>26300.79521434546</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>25124.11520049918</v>
+        <v>20393.340742053835</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>19333.76773591558</v>
+        <v>22914.311102663924</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>94412.39883254847</v>
+        <v>96581.79577614261</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>