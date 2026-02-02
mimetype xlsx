--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -788,158 +788,158 @@
   <sheetData>
     <row r="2">
       <c r="G2" s="4"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>4196.004875023275</v>
+        <v>6205.371282013405</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7448.2803906860945</v>
+        <v>7243.404910874498</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3965.9410051966424</v>
+        <v>3042.3527687486526</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3268.478723026351</v>
+        <v>7515.746945188903</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>18878.704993932362</v>
+        <v>24006.87590682546</v>
       </c>
     </row>
     <row>
       <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8335.565298764925</v>
+        <v>8925.946419386766</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8740.060700049053</v>
+        <v>6940.030164209217</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6539.6202243739035</v>
+        <v>7798.029701220226</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6209.870508507247</v>
+        <v>6228.139375507447</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>29825.11673169513</v>
+        <v>29892.14566032366</v>
       </c>
     </row>
     <row>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>5808.49657650436</v>
+        <v>4748.390913619355</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3903.7794312142264</v>
+        <v>3298.0211609965063</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2366.81141261207</v>
+        <v>1348.1294867619056</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3287.4526469788757</v>
+        <v>5412.2174315239035</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>15366.540067309532</v>
+        <v>14806.758992901672</v>
       </c>
     </row>
     <row>
       <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>8633.281966786832</v>
+        <v>10797.595260790124</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6208.674692396089</v>
+        <v>7081.347696868295</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7520.968099871216</v>
+        <v>6568.800596056937</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10148.50922415145</v>
+        <v>9207.628771609592</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>32511.433983205585</v>
+        <v>33655.37232532495</v>
       </c>
     </row>
     <row>
       <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>26973.348717079392</v>
+        <v>30677.303875809648</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>26300.79521434546</v>
+        <v>24562.80393294852</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>20393.340742053835</v>
+        <v>18757.31255278772</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>22914.311102663924</v>
+        <v>28363.732523829844</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>96581.79577614261</v>
+        <v>102361.15288537573</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>