--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -788,158 +788,158 @@
   <sheetData>
     <row r="2">
       <c r="G2" s="4"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>6205.371282013405</v>
+        <v>3846.7409823629523</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7243.404910874498</v>
+        <v>5009.514506137373</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3042.3527687486526</v>
+        <v>4943.7824032190365</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7515.746945188903</v>
+        <v>7017.273254726637</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>24006.87590682546</v>
+        <v>20817.311146446</v>
       </c>
     </row>
     <row>
       <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8925.946419386766</v>
+        <v>4988.214663366429</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6940.030164209217</v>
+        <v>8149.606224563646</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7798.029701220226</v>
+        <v>8470.290678379204</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6228.139375507447</v>
+        <v>5166.103228838458</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>29892.14566032366</v>
+        <v>26774.21479514774</v>
       </c>
     </row>
     <row>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>4748.390913619355</v>
+        <v>5275.290968579348</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3298.0211609965063</v>
+        <v>1001.7341705483442</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1348.1294867619056</v>
+        <v>5788.423683573484</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5412.2174315239035</v>
+        <v>3492.290788162932</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>14806.758992901672</v>
+        <v>15557.739610864108</v>
       </c>
     </row>
     <row>
       <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>10797.595260790124</v>
+        <v>9617.681813165997</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7081.347696868295</v>
+        <v>9291.409196813285</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6568.800596056937</v>
+        <v>6814.838442894547</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9207.628771609592</v>
+        <v>10442.49508844468</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>33655.37232532495</v>
+        <v>36166.42454131851</v>
       </c>
     </row>
     <row>
       <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>30677.303875809648</v>
+        <v>23727.928427474726</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>24562.80393294852</v>
+        <v>23452.26409806265</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>18757.31255278772</v>
+        <v>26017.33520806627</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>28363.732523829844</v>
+        <v>26118.162360172708</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>102361.15288537573</v>
+        <v>99315.69009377636</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>