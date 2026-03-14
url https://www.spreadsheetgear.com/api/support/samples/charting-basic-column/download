--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -231,54 +231,54 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -765,181 +765,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="4"/>
+      <c r="G2" s="5"/>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3846.7409823629523</v>
+        <v>6595.874775616288</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5009.514506137373</v>
+        <v>7252.1396411162195</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4943.7824032190365</v>
+        <v>7350.425651157375</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7017.273254726637</v>
+        <v>6285.562135144824</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>20817.311146446</v>
+        <v>27484.002203034706</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="5" t="s">
+      <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>4988.214663366429</v>
+        <v>7697.922070492516</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8149.606224563646</v>
+        <v>6771.757838346677</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8470.290678379204</v>
+        <v>8611.028170386067</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5166.103228838458</v>
+        <v>5754.248694042666</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>26774.21479514774</v>
+        <v>28834.956773267928</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="5" t="s">
+      <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>5275.290968579348</v>
+        <v>1314.3843166205374</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1001.7341705483442</v>
+        <v>1626.8507506743813</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5788.423683573484</v>
+        <v>1850.2139578906977</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3492.290788162932</v>
+        <v>2566.30714024621</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>15557.739610864108</v>
+        <v>7357.756165431827</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="5" t="s">
+      <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9617.681813165997</v>
+        <v>6830.298850289646</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9291.409196813285</v>
+        <v>6544.441519535121</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6814.838442894547</v>
+        <v>8404.588418625235</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10442.49508844468</v>
+        <v>10559.097411462068</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>36166.42454131851</v>
+        <v>32338.42619991207</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>23727.928427474726</v>
+        <v>22438.480013018987</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>23452.26409806265</v>
+        <v>22195.189749672398</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>26017.33520806627</v>
+        <v>26216.256198059375</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>26118.162360172708</v>
+        <v>25165.215380895766</v>
       </c>
       <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>99315.69009377636</v>
+        <v>96015.14134164652</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>