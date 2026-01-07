--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -231,54 +231,54 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -767,181 +767,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="5"/>
+      <c r="G2" s="4"/>
       <c s="1" t="s">
         <v>2</v>
       </c>
       <c s="1" t="s">
         <v>3</v>
       </c>
       <c s="1" t="s">
         <v>7</v>
       </c>
       <c s="1" t="s">
         <v>4</v>
       </c>
       <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>7166.81883867561</v>
+        <v>4156.17830084298</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4005.3726602337674</v>
+        <v>5600.462078573673</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3495.7476048173694</v>
+        <v>5753.140881386633</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3761.972395018007</v>
+        <v>6662.090572947361</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>18429.911498744754</v>
+        <v>22171.871833750647</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>4856.333557238852</v>
+        <v>8869.761321003643</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8514.517780948754</v>
+        <v>8957.442624448104</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5157.6246312053645</v>
+        <v>7731.988682460578</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6079.904083486645</v>
+        <v>6900.10253120583</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>24608.38005287962</v>
+        <v>32459.295159118155</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>3162.2990422136513</v>
+        <v>5192.9945311749025</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2296.69932354612</v>
+        <v>3085.5286521505036</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4496.03097126443</v>
+        <v>2205.6744468073566</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4614.58233299591</v>
+        <v>1712.7201293629914</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>14569.611670020113</v>
+        <v>12196.917759495755</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="4" t="s">
+      <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>8660.034880702216</v>
+        <v>10774.744914473957</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9104.1610499397</v>
+        <v>10980.397844565152</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10916.325089268168</v>
+        <v>7587.564023674184</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8625.892011616565</v>
+        <v>7611.310231993559</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>37306.41303152665</v>
+        <v>36954.01701470685</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>23845.486318830328</v>
+        <v>28993.679067495483</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>23920.75081466834</v>
+        <v>28623.831199737433</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>24065.72829655533</v>
+        <v>23278.36803432875</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>23082.350823117125</v>
+        <v>22886.22346550974</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>94914.31625317114</v>
+        <v>103782.1017670714</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>