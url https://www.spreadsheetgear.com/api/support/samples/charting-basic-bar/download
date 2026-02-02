--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -790,158 +790,158 @@
   <sheetData>
     <row r="2">
       <c r="G2" s="4"/>
       <c s="1" t="s">
         <v>2</v>
       </c>
       <c s="1" t="s">
         <v>3</v>
       </c>
       <c s="1" t="s">
         <v>7</v>
       </c>
       <c s="1" t="s">
         <v>4</v>
       </c>
       <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>4156.17830084298</v>
+        <v>3482.72821041679</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5600.462078573673</v>
+        <v>3079.0952078092077</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5753.140881386633</v>
+        <v>3725.515900167828</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6662.090572947361</v>
+        <v>6201.069715462514</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>22171.871833750647</v>
+        <v>16488.40903385634</v>
       </c>
     </row>
     <row>
       <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8869.761321003643</v>
+        <v>7757.894001549157</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8957.442624448104</v>
+        <v>9310.738500821219</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7731.988682460578</v>
+        <v>4924.92132292359</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6900.10253120583</v>
+        <v>5860.9784533282855</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>32459.295159118155</v>
+        <v>27854.532278622253</v>
       </c>
     </row>
     <row>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>5192.9945311749025</v>
+        <v>4711.6739736130185</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3085.5286521505036</v>
+        <v>2497.510937557394</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2205.6744468073566</v>
+        <v>5768.139812003893</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1712.7201293629914</v>
+        <v>2416.010216565526</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>12196.917759495755</v>
+        <v>15393.33493973983</v>
       </c>
     </row>
     <row>
       <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>10774.744914473957</v>
+        <v>6040.7317901104025</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10980.397844565152</v>
+        <v>9011.374771898523</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7587.564023674184</v>
+        <v>10493.98100782694</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7611.310231993559</v>
+        <v>6141.287662654812</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>36954.01701470685</v>
+        <v>31687.375232490678</v>
       </c>
     </row>
     <row>
       <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>28993.679067495483</v>
+        <v>21993.02797568937</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>28623.831199737433</v>
+        <v>23898.719418086344</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>23278.36803432875</v>
+        <v>24912.55804292225</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>22886.22346550974</v>
+        <v>20619.34604801114</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>103782.1017670714</v>
+        <v>91423.6514847091</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>