--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -226,54 +226,54 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
@@ -768,180 +768,180 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
       <c r="G2" s="4"/>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>7</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3482.72821041679</v>
+        <v>5939.803845218005</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3079.0952078092077</v>
+        <v>6181.201732074816</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3725.515900167828</v>
+        <v>6834.268361627635</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6201.069715462514</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>4962.937878063484</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>16488.40903385634</v>
+        <v>23918.21181698394</v>
       </c>
     </row>
     <row>
       <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>7757.894001549157</v>
+        <v>7427.29612862789</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>9310.738500821219</v>
+        <v>5903.377349461379</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>4924.92132292359</v>
+        <v>5111.790353896824</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5860.9784533282855</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>5148.6615974977285</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>27854.532278622253</v>
+        <v>23591.12542948382</v>
       </c>
     </row>
     <row>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>4711.6739736130185</v>
+        <v>3775.9359567161378</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2497.510937557394</v>
+        <v>4164.997338646045</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>5768.139812003893</v>
+        <v>4539.273280454305</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2416.010216565526</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>2890.06929566327</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>15393.33493973983</v>
+        <v>15370.275871479758</v>
       </c>
     </row>
     <row>
       <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>6040.7317901104025</v>
+        <v>9204.44310971275</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9011.374771898523</v>
+        <v>10744.813607211254</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10493.98100782694</v>
+        <v>10108.134014401607</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6141.287662654812</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>10326.746615365975</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>31687.375232490678</v>
+        <v>40384.13734669159</v>
       </c>
     </row>
     <row>
       <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>21993.02797568937</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>26347.479040274782</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>23898.719418086344</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>26994.390027393492</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>24912.55804292225</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>26593.46601038037</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>20619.34604801114</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>23328.41538659046</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>91423.6514847091</v>
+        <v>103263.75046463912</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>