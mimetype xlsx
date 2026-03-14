--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -226,54 +226,54 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
@@ -768,180 +768,180 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
       <c r="G2" s="4"/>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>2</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>7</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>4</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>5939.803845218005</v>
+        <v>6561.011043313922</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6181.201732074816</v>
+        <v>7326.298622961744</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6834.268361627635</v>
+        <v>3223.198459208098</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4962.937878063484</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>7238.215826104668</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>23918.21181698394</v>
+        <v>24348.723951588432</v>
       </c>
     </row>
     <row>
       <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>7427.29612862789</v>
+        <v>7992.6964320847455</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5903.377349461379</v>
+        <v>6970.6336863756915</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5111.790353896824</v>
+        <v>7067.126023696229</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5148.6615974977285</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>8174.019112713886</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>23591.12542948382</v>
+        <v>30204.47525487055</v>
       </c>
     </row>
     <row>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>3775.9359567161378</v>
+        <v>3711.441302196511</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4164.997338646045</v>
+        <v>3292.1797759173446</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4539.273280454305</v>
+        <v>4785.507589686623</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2890.06929566327</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>2529.2958984062598</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>15370.275871479758</v>
+        <v>14318.42456620674</v>
       </c>
     </row>
     <row>
       <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9204.44310971275</v>
+        <v>8881.560824030597</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10744.813607211254</v>
+        <v>6758.004576247457</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10108.134014401607</v>
+        <v>7868.496436718856</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10326.746615365975</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>9019.83862347028</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>40384.13734669159</v>
+        <v>32527.900460467186</v>
       </c>
     </row>
     <row>
       <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>26347.479040274782</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>27146.70960162578</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>26994.390027393492</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>24347.116661502238</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>26593.46601038037</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>22944.328509309806</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>23328.41538659046</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>26961.369460695096</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>103263.75046463912</v>
+        <v>101399.52423313292</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>