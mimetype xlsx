--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -226,54 +226,54 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
@@ -680,180 +680,180 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
       <c r="G2" s="5"/>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>7</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>7607.019616952992</v>
+        <v>3658.624756821986</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5978.813397567541</v>
+        <v>4842.050318324926</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>7669.659602510459</v>
+        <v>6292.820430277645</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5783.989009306324</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>6650.8209065473275</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>27039.481626337314</v>
+        <v>21444.316411971886</v>
       </c>
     </row>
     <row>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>7192.2167573678025</v>
+        <v>8682.901041231216</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>8555.062335344148</v>
+        <v>5364.78301949414</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5047.686753994348</v>
+        <v>6195.209089441305</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5666.846450347117</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>4843.2098640187005</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>26461.812297053417</v>
+        <v>25086.10301418536</v>
       </c>
     </row>
     <row>
       <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>4746.217529251261</v>
+        <v>2164.928455386205</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3854.274155741341</v>
+        <v>3952.958158551073</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4241.723407559159</v>
+        <v>2012.2982093565324</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>1868.7674046635684</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>2490.773595041075</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>14710.98249721533</v>
+        <v>10620.958418334885</v>
       </c>
     </row>
     <row>
       <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>10406.059799298268</v>
+        <v>9472.436862475093</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8043.381768468144</v>
+        <v>10873.175962573929</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8865.103549594345</v>
+        <v>9404.341071806906</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7578.980627365007</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>10103.161343636868</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>34893.52574472577</v>
+        <v>39853.1152404928</v>
       </c>
     </row>
     <row>
       <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>29951.513702870325</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>23978.8911159145</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>26431.531657121177</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>25032.96745894407</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>25824.173313658313</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>23904.668800882388</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>20898.583491682017</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>24087.96570924397</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>103105.80216533184</v>
+        <v>97004.49308498492</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>