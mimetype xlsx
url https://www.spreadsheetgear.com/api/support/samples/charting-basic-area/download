--- v1 (2026-01-07)
+++ v2 (2026-02-15)
@@ -226,59 +226,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -679,181 +679,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="5"/>
-      <c s="2" t="s">
+      <c r="G2" s="4"/>
+      <c s="1" t="s">
         <v>2</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>7</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>4</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>3658.624756821986</v>
+        <v>7027.7913145125185</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>4842.050318324926</v>
+        <v>5468.111545555019</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6292.820430277645</v>
+        <v>3674.2318453817743</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6650.8209065473275</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>6605.919536189513</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>21444.316411971886</v>
+        <v>22776.054241638827</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="4" t="s">
+      <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8682.901041231216</v>
+        <v>8503.151436298347</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5364.78301949414</v>
+        <v>5260.157259319043</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6195.209089441305</v>
+        <v>6884.017666385834</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>4843.2098640187005</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>6308.44953831111</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>25086.10301418536</v>
+        <v>26955.775900314333</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>2164.928455386205</v>
+        <v>3472.97322572011</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>3952.958158551073</v>
+        <v>4697.032388677273</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2012.2982093565324</v>
+        <v>4856.162683179804</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2490.773595041075</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>4805.532949106368</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>10620.958418334885</v>
+        <v>17831.701246683555</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="4" t="s">
+      <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9472.436862475093</v>
+        <v>6909.838824358693</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10873.175962573929</v>
+        <v>9645.784130222637</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9404.341071806906</v>
+        <v>8079.26655801189</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10103.161343636868</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>10885.724021675112</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>39853.1152404928</v>
+        <v>35520.61353426833</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>23978.8911159145</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>25913.754800889667</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>25032.96745894407</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>25071.085323773972</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>23904.668800882388</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>23493.678752959302</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>24087.96570924397</v>
-[...1 lines deleted...]
-      <c s="1">
+        <v>28605.626045282104</v>
+      </c>
+      <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>97004.49308498492</v>
+        <v>103084.14492290505</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>