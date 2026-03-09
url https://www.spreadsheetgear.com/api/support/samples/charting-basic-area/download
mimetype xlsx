--- v2 (2026-02-15)
+++ v3 (2026-03-09)
@@ -702,158 +702,158 @@
   <sheetData>
     <row r="2">
       <c r="G2" s="4"/>
       <c s="1" t="s">
         <v>2</v>
       </c>
       <c s="1" t="s">
         <v>3</v>
       </c>
       <c s="1" t="s">
         <v>7</v>
       </c>
       <c s="1" t="s">
         <v>4</v>
       </c>
       <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="G3" s="5" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>7027.7913145125185</v>
+        <v>6568.769383866975</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5468.111545555019</v>
+        <v>5298.532537996203</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3674.2318453817743</v>
+        <v>6343.495202165268</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6605.919536189513</v>
+        <v>3296.982777115504</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>22776.054241638827</v>
+        <v>21507.77990114395</v>
       </c>
     </row>
     <row>
       <c r="G4" s="5" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>8503.151436298347</v>
+        <v>9209.37267055258</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5260.157259319043</v>
+        <v>7529.704496742278</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6884.017666385834</v>
+        <v>5995.560520725099</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6308.44953831111</v>
+        <v>6727.564425849482</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>26955.775900314333</v>
+        <v>29462.20211386944</v>
       </c>
     </row>
     <row>
       <c r="G5" s="5" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>3472.97322572011</v>
+        <v>5880.181769119547</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4697.032388677273</v>
+        <v>4748.274116173405</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4856.162683179804</v>
+        <v>4016.3444139089356</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4805.532949106368</v>
+        <v>2731.4585674122227</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>17831.701246683555</v>
+        <v>17376.25886661411</v>
       </c>
     </row>
     <row>
       <c r="G6" s="5" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>6909.838824358693</v>
+        <v>9791.188156203792</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>9645.784130222637</v>
+        <v>7873.317681293045</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>8079.26655801189</v>
+        <v>6383.101664581296</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10885.724021675112</v>
+        <v>10255.657229036873</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="1"/>
-        <v>35520.61353426833</v>
+        <v>34303.26473111501</v>
       </c>
     </row>
     <row>
       <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>25913.754800889667</v>
+        <v>31449.511979742896</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>25071.085323773972</v>
+        <v>25449.828832204934</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>23493.678752959302</v>
+        <v>22738.501801380597</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>28605.626045282104</v>
+        <v>23011.662999414082</v>
       </c>
       <c s="2">
         <f ca="1" t="shared" si="5"/>
-        <v>103084.14492290505</v>
+        <v>102649.5056127425</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>