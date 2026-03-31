--- v3 (2026-03-09)
+++ v4 (2026-03-31)
@@ -226,59 +226,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
@@ -679,181 +679,181 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:L7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="7" max="7" width="5.46484375" customWidth="1"/>
     <col min="8" max="12" width="8.46484375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2">
-      <c r="G2" s="4"/>
-      <c s="1" t="s">
+      <c r="G2" s="5"/>
+      <c s="2" t="s">
         <v>2</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>7</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="4" t="s">
         <v>1</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0" ref="H3:K3">RAND()*5000+3000</f>
-        <v>6568.769383866975</v>
+        <v>4321.0602430312865</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>5298.532537996203</v>
+        <v>7403.329295661256</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>6343.495202165268</v>
+        <v>5584.8947331041745</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="0"/>
-        <v>3296.982777115504</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>4107.500496975722</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1" ref="L3:L6">SUM(H3:K3)</f>
-        <v>21507.77990114395</v>
+        <v>21416.78476877244</v>
       </c>
     </row>
     <row>
-      <c r="G4" s="5" t="s">
+      <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2" ref="H4:K4">RAND()*5000+4500</f>
-        <v>9209.37267055258</v>
+        <v>7167.10850456509</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>7529.704496742278</v>
+        <v>4508.928788174192</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>5995.560520725099</v>
+        <v>7178.382725466219</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="2"/>
-        <v>6727.564425849482</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>6448.3488628005925</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>29462.20211386944</v>
+        <v>25302.768881006094</v>
       </c>
     </row>
     <row>
-      <c r="G5" s="5" t="s">
+      <c r="G5" s="4" t="s">
         <v>8</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3" ref="H5:K5">RAND()*5000+1000</f>
-        <v>5880.181769119547</v>
+        <v>2716.1869023550216</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4748.274116173405</v>
+        <v>5330.226496473997</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>4016.3444139089356</v>
+        <v>4269.081710312748</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="3"/>
-        <v>2731.4585674122227</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>3911.033430031873</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>17376.25886661411</v>
+        <v>16226.528539173642</v>
       </c>
     </row>
     <row>
-      <c r="G6" s="5" t="s">
+      <c r="G6" s="4" t="s">
         <v>0</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4" ref="H6:K6">RAND()*5000+6000</f>
-        <v>9791.188156203792</v>
+        <v>9003.272732470683</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>7873.317681293045</v>
+        <v>9538.218282219972</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>6383.101664581296</v>
+        <v>10192.352110718391</v>
       </c>
       <c s="3">
         <f ca="1" t="shared" si="4"/>
-        <v>10255.657229036873</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>6261.593119533172</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>34303.26473111501</v>
+        <v>34995.43624494222</v>
       </c>
     </row>
     <row>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="4" t="s">
         <v>5</v>
       </c>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="5" ref="H7:L7">SUM(H3:H6)</f>
-        <v>31449.511979742896</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>23207.62838242208</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>25449.828832204934</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>26780.702862529415</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>22738.501801380597</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>27224.711279601535</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>23011.662999414082</v>
-[...1 lines deleted...]
-      <c s="2">
+        <v>20728.47590934136</v>
+      </c>
+      <c s="1">
         <f ca="1" t="shared" si="5"/>
-        <v>102649.5056127425</v>
+        <v>97941.5184338944</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>SpreadsheetGear User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>