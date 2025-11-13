--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900" firstSheet="2" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" state="veryHidden" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="17">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>