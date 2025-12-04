--- v0 (2025-10-27)
+++ v1 (2025-12-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Profit Report" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="EastProfit" localSheetId="0">'Profit Report'!$E$3:$E$6</definedName>
     <definedName name="NorthProfit" localSheetId="0">'Profit Report'!$C$3:$C$6</definedName>
     <definedName name="SouthProfit" localSheetId="0">'Profit Report'!$D$3:$D$6</definedName>
     <definedName name="WestProfit" localSheetId="0">'Profit Report'!$F$3:$F$6</definedName>
   </definedNames>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Q4</t>
   </si>
   <si>
     <t>Q1</t>
@@ -264,70 +264,70 @@
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="42" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="42" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="42" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="42" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency [0]" xfId="1" builtinId="7"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
@@ -1106,199 +1106,199 @@
   <dimension ref="B1:G8"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="1.06640625" customWidth="1"/>
     <col min="2" max="2" width="6" bestFit="1" customWidth="1"/>
     <col min="3" max="6" width="14.3984375" customWidth="1"/>
     <col min="7" max="7" width="15.73046875" customWidth="1"/>
   </cols>
   <sheetData>
     <row ht="28.5" customHeight="1" thickBot="1">
       <c r="B1" s="5" t="s">
         <v>3</v>
       </c>
       <c s="5"/>
       <c s="5"/>
       <c s="5"/>
       <c s="5"/>
       <c s="5"/>
     </row>
     <row ht="17.65" thickTop="1" thickBot="1">
-      <c r="B2" s="3"/>
-      <c s="3" t="s">
+      <c r="B2" s="4"/>
+      <c s="4" t="s">
         <v>2</v>
       </c>
-      <c s="3" t="s">
+      <c s="4" t="s">
         <v>6</v>
       </c>
-      <c s="3" t="s">
+      <c s="4" t="s">
         <v>9</v>
       </c>
-      <c s="3" t="s">
+      <c s="4" t="s">
         <v>7</v>
       </c>
-      <c s="3" t="s">
+      <c s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row ht="16.15" thickTop="1">
       <c r="B3" s="8" t="s">
         <v>1</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f ca="1" t="shared" si="0" ref="C3:F6">ROUND(RAND()*1000000,2)</f>
-        <v>896539.74</v>
-[...13 lines deleted...]
-      <c s="9">
+        <v>749672.5</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>162609.86</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>650949.95</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>881894.72</v>
+      </c>
+      <c s="10">
         <f ca="1" t="shared" si="1" ref="G3:G6">SUM(C3:F3)</f>
-        <v>2117737.4499999997</v>
+        <v>2445127.0300000003</v>
       </c>
     </row>
     <row ht="15.75">
       <c r="B4" s="7" t="s">
         <v>4</v>
       </c>
-      <c s="2">
-[...15 lines deleted...]
-      <c s="9">
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>799408.84</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>475215.93</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>313156.75</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>104149.33</v>
+      </c>
+      <c s="10">
         <f ca="1" t="shared" si="1"/>
-        <v>2096238.1300000001</v>
+        <v>1691930.85</v>
       </c>
     </row>
     <row ht="15.75">
       <c r="B5" s="8" t="s">
         <v>8</v>
       </c>
-      <c s="1">
-[...15 lines deleted...]
-      <c s="9">
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>416195.98</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>639608.73</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>241543.3</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>417341.92</v>
+      </c>
+      <c s="10">
         <f ca="1" t="shared" si="1"/>
-        <v>1876281.2100000002</v>
+        <v>1714689.93</v>
       </c>
     </row>
     <row ht="15.75">
       <c r="B6" s="7" t="s">
         <v>0</v>
       </c>
-      <c s="2">
-[...15 lines deleted...]
-      <c s="9">
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>455545.16</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>562262.4</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>427127.38</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>593964.5</v>
+      </c>
+      <c s="10">
         <f ca="1" t="shared" si="1"/>
-        <v>2596653.7800000003</v>
+        <v>2038899.44</v>
       </c>
     </row>
     <row ht="16.9">
-      <c r="B7" s="10" t="s">
+      <c r="B7" s="9" t="s">
         <v>5</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2" ref="C7:G7">SUM(C3:C6)</f>
-        <v>2948732.87</v>
+        <v>2420822.48</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>1829491.44</v>
+        <v>1839696.92</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>1740577.3599999999</v>
+        <v>1632777.38</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>2168108.9</v>
+        <v>1997350.47</v>
       </c>
       <c s="6">
         <f ca="1" t="shared" si="2"/>
-        <v>8686910.57</v>
+        <v>7890647.25</v>
       </c>
     </row>
     <row>
-      <c r="B8" s="4"/>
-[...4 lines deleted...]
-      <c s="4"/>
+      <c r="B8" s="3"/>
+      <c s="3"/>
+      <c s="3"/>
+      <c s="3"/>
+      <c s="3"/>
+      <c s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:G1"/>
   </mergeCells>
   <conditionalFormatting sqref="B3:G6">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;18ABC Company Sales for 2008</oddHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>