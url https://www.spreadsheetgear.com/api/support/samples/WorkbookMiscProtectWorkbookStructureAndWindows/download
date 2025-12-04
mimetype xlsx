--- v0 (2025-10-23)
+++ v1 (2025-12-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="qSds1r8W6LTRj9FHdfDZvW8PFNvgzT2Tfd183YHNV+BgAKUvq267UagiEcL8sunA8woK95IS3Yi1F8kI5uXKAQ==" workbookSaltValue="OBiNmmJQTjyPgVPWiYA1dQ==" workbookSpinCount="100000" lockStructure="1" lockWindows="1"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="6XGFSR7gUUADvngqpiLvevMkiG62Uf8RUMfaK2Gg9jWSR8UR3izbSIWzjoKe16m2rlfOahoQoJ0jcutP0sA0aw==" workbookSaltValue="G58iHP4RR5qWHjkvbip/Yw==" workbookSpinCount="100000" lockStructure="1" lockWindows="1"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
   <si>
     <t>Hello World!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="17">
     <font>