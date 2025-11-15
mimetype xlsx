--- v0 (2025-10-26)
+++ v1 (2025-11-15)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Arrowhead Width: Medium_x000d_
 Arrowhead Height: Short</t>
   </si>
   <si>
     <t>Arrowhead Width: Medium_x000d_
 Arrowhead Height: Long</t>
   </si>
   <si>
     <t>Arrowhead Width: Narrow_x000d_
 Arrowhead Height: Short</t>
   </si>
@@ -217,705 +217,705 @@
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="2" name="Straight Connector 1"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="sm" w="sm"/>
           <a:tailEnd type="triangle" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="3" name="Straight Connector 2"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="1155700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="triangle" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="4" name="Straight Connector 3"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="lg" w="sm"/>
           <a:tailEnd type="triangle" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="5" name="Straight Connector 4"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="6" name="Straight Connector 5"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="2603500"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent3"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="triangle"/>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="7" name="Straight Connector 6"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="8" name="Straight Connector 7"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="sm" w="lg"/>
           <a:tailEnd type="triangle" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="9" name="Straight Connector 8"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="triangle" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="10" name="Straight Connector 9"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="lg" w="lg"/>
           <a:tailEnd type="triangle" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="11" name="Straight Connector 10"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="12" name="Straight Connector 11"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="1155700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="arrow" w="sm"/>
           <a:tailEnd type="arrow" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="13" name="Straight Connector 12"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="14" name="Straight Connector 13"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="sm"/>
           <a:tailEnd type="arrow" len="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -972,1011 +972,1011 @@
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="16" name="Straight Connector 15"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="lg"/>
           <a:tailEnd type="arrow" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="17" name="Straight Connector 16"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="18" name="Straight Connector 17"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="arrow" w="lg"/>
           <a:tailEnd type="arrow" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="19" name="Straight Connector 18"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="20" name="Straight Connector 19"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="sm" w="sm"/>
           <a:tailEnd type="stealth" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="21" name="Straight Connector 20"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="1155700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="stealth" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="22" name="Straight Connector 21"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="lg" w="sm"/>
           <a:tailEnd type="stealth" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="23" name="Straight Connector 22"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="24" name="Straight Connector 23"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="2603500"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="stealth"/>
           <a:tailEnd type="stealth"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="25" name="Straight Connector 24"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:headEnd type="stealth" len="lg"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="26" name="Straight Connector 25"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5986714" y="3568700"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="accent2"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="sm" w="lg"/>
           <a:tailEnd type="stealth" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="27" name="Straight Connector 26"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="stealth" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="28" name="Straight Connector 27"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="lg" w="lg"/>
           <a:tailEnd type="stealth" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="29" name="Straight Connector 28"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="30" name="Straight Connector 29"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="1155700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="diamond" w="sm"/>
           <a:tailEnd type="diamond" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="31" name="Straight Connector 30"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="32" name="Straight Connector 31"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="sm"/>
           <a:tailEnd type="diamond" len="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="33" name="Straight Connector 32"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="2603500"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="diamond"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="34" name="Straight Connector 33"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="lg"/>
           <a:tailEnd type="diamond" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="35" name="Straight Connector 34"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent3"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
@@ -2033,152 +2033,152 @@
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="37" name="Straight Connector 36"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="38" name="Straight Connector 37"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent3"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="oval" len="sm" w="sm"/>
           <a:tailEnd type="oval" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="39" name="Straight Connector 38"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="1155700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="oval" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
@@ -2235,303 +2235,303 @@
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="41" name="Straight Connector 40"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="dk1"/>
+          </a:solidFill>
+          <a:headEnd type="oval" len="sm"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="42" name="Straight Connector 41"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9808524" y="2603500"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="accent2"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="oval"/>
           <a:tailEnd type="oval"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="43" name="Straight Connector 42"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="oval" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="44" name="Straight Connector 43"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="oval" len="sm" w="lg"/>
           <a:tailEnd type="oval" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="45" name="Straight Connector 44"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent3"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="oval" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="46" name="Straight Connector 45"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="oval" len="lg" w="lg"/>
           <a:tailEnd type="oval" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -2811,95 +2811,95 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="26.98828125" defaultRowHeight="38" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="26.98828125" style="1"/>
+    <col min="1" max="1" width="26.98828125" style="3"/>
   </cols>
   <sheetData>
     <row ht="38" customHeight="1" s="2" customFormat="1">
       <c r="B1" s="2" t="s">
         <v>9</v>
       </c>
       <c s="2" t="s">
         <v>6</v>
       </c>
       <c s="2" t="s">
         <v>8</v>
       </c>
       <c s="2" t="s">
         <v>11</v>
       </c>
       <c s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="3" t="s">
+      <c s="1" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>