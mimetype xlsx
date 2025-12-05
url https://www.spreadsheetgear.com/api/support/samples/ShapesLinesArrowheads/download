--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -217,1917 +217,1917 @@
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="2" name="Straight Connector 1"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="sm" w="sm"/>
           <a:tailEnd type="triangle" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="3" name="Straight Connector 2"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="1155700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="triangle" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="4" name="Straight Connector 3"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="lg" w="sm"/>
           <a:tailEnd type="triangle" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="5" name="Straight Connector 4"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+          <a:headEnd type="triangle" len="sm"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="6" name="Straight Connector 5"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="2164905" y="2603500"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="accent2"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="triangle"/>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="7" name="Straight Connector 6"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="8" name="Straight Connector 7"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="sm" w="lg"/>
           <a:tailEnd type="triangle" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="9" name="Straight Connector 8"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="triangle" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="10" name="Straight Connector 9"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2164905" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="triangle" len="lg" w="lg"/>
           <a:tailEnd type="triangle" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="11" name="Straight Connector 10"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+          <a:headEnd type="arrow" len="sm" w="sm"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="12" name="Straight Connector 11"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4075809" y="1155700"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="accent3"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="arrow" w="sm"/>
           <a:tailEnd type="arrow" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="13" name="Straight Connector 12"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:headEnd type="arrow" len="lg" w="sm"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="14" name="Straight Connector 13"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4075809" y="2120900"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="accent4"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="sm"/>
           <a:tailEnd type="arrow" len="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="15" name="Straight Connector 14"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="2603500"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="arrow"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="16" name="Straight Connector 15"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent4"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="lg"/>
           <a:tailEnd type="arrow" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="17" name="Straight Connector 16"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="18" name="Straight Connector 17"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent3"/>
+            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="arrow" w="lg"/>
           <a:tailEnd type="arrow" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="19" name="Straight Connector 18"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4075809" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="arrow" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="20" name="Straight Connector 19"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="sm" w="sm"/>
           <a:tailEnd type="stealth" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="21" name="Straight Connector 20"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="1155700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="stealth" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="22" name="Straight Connector 21"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="lg" w="sm"/>
           <a:tailEnd type="stealth" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="23" name="Straight Connector 22"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="24" name="Straight Connector 23"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="2603500"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="stealth"/>
           <a:tailEnd type="stealth"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="25" name="Straight Connector 24"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="26" name="Straight Connector 25"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="sm" w="lg"/>
           <a:tailEnd type="stealth" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="27" name="Straight Connector 26"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="stealth" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="28" name="Straight Connector 27"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5986714" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="stealth" len="lg" w="lg"/>
           <a:tailEnd type="stealth" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="29" name="Straight Connector 28"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:headEnd type="diamond" len="sm" w="sm"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="30" name="Straight Connector 29"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7897619" y="1155700"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="accent2"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="diamond" w="sm"/>
           <a:tailEnd type="diamond" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="31" name="Straight Connector 30"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent5"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="32" name="Straight Connector 31"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="sm"/>
           <a:tailEnd type="diamond" len="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="33" name="Straight Connector 32"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="2603500"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="diamond"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="34" name="Straight Connector 33"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="lg"/>
           <a:tailEnd type="diamond" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="35" name="Straight Connector 34"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:headEnd type="diamond" len="sm" w="lg"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="36" name="Straight Connector 35"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7897619" y="4051300"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="accent1"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:headEnd type="diamond" w="lg"/>
           <a:tailEnd type="diamond" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="37" name="Straight Connector 36"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7897619" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:headEnd type="diamond" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="38" name="Straight Connector 37"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="673100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="oval" len="sm" w="sm"/>
           <a:tailEnd type="oval" len="sm" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
@@ -2184,354 +2184,354 @@
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="40" name="Straight Connector 39"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="1638300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="oval" len="lg" w="sm"/>
           <a:tailEnd type="oval" len="lg" w="sm"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="41" name="Straight Connector 40"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="2120900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:headEnd type="oval" len="sm"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1656905</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>292100</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="42" name="Straight Connector 41"/>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9808524" y="2603500"/>
+          <a:ext cx="1402905" cy="101600"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="63500">
+          <a:solidFill>
             <a:schemeClr val="dk1"/>
-          </a:solidFill>
-[...48 lines deleted...]
-            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="oval"/>
           <a:tailEnd type="oval"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="43" name="Straight Connector 42"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="3086100"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:headEnd type="oval" len="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="44" name="Straight Connector 43"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="3568700"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:headEnd type="oval" len="sm" w="lg"/>
           <a:tailEnd type="oval" len="sm" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="45" name="Straight Connector 44"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="4051300"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="oval" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1656905</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>292100</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="46" name="Straight Connector 45"/>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9808524" y="4533900"/>
           <a:ext cx="1402905" cy="101600"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="63500">
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="accent6"/>
           </a:solidFill>
           <a:headEnd type="oval" len="lg" w="lg"/>
           <a:tailEnd type="oval" len="lg" w="lg"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -2814,92 +2814,92 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="26.98828125" defaultRowHeight="38" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="26.98828125" style="3"/>
   </cols>
   <sheetData>
-    <row ht="38" customHeight="1" s="2" customFormat="1">
-      <c r="B1" s="2" t="s">
+    <row ht="38" customHeight="1" s="1" customFormat="1">
+      <c r="B1" s="1" t="s">
         <v>9</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>6</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>8</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>11</v>
       </c>
-      <c s="2" t="s">
+      <c s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row ht="38" customHeight="1">
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>