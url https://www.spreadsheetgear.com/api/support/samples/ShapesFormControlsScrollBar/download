--- v0 (2025-10-29)
+++ v1 (2025-11-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/vmlDrawing1.vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-93" yWindow="-93" windowWidth="25786" windowHeight="13986"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3">
   <si>
     <t>X</t>
   </si>
   <si>
     <t>Move ScrollBar to Modify Chart</t>
   </si>
   <si>
     <t>Y</t>
   </si>
 </sst>
 </file>
 
@@ -208,52 +208,52 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:scatterChart>
         <c:scatterStyle val="smoothMarker"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
@@ -816,84 +816,84 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="C2:K32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="1" max="1" width="8.703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" ht="19.2">
-      <c r="C2" s="2"/>
+      <c r="C2" s="3"/>
       <c s="1" t="s">
         <v>1</v>
       </c>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row r="31">
       <c r="F31" t="s">
         <v>0</v>
       </c>
       <c>
         <v>1</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>3</v>
       </c>
     </row>
     <row>
       <c r="F32" t="s">
         <v>2</v>
       </c>
       <c>
         <v>0</v>
       </c>
-      <c s="3">
+      <c s="2">
         <v>0</v>
       </c>
       <c>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control name="Scroll Bar 1" shapeId="1025" r:id="rId3">
               <controlPr defaultSize="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>0</xdr:colOff>