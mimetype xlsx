--- v1 (2025-11-25)
+++ v2 (2026-03-12)
@@ -208,52 +208,52 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:scatterChart>
         <c:scatterStyle val="smoothMarker"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
@@ -816,84 +816,84 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="C2:K32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="1" max="1" width="8.703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" ht="19.2">
-      <c r="C2" s="3"/>
+      <c r="C2" s="2"/>
       <c s="1" t="s">
         <v>1</v>
       </c>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
     </row>
     <row r="31">
       <c r="F31" t="s">
         <v>0</v>
       </c>
       <c>
         <v>1</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>3</v>
       </c>
     </row>
     <row>
       <c r="F32" t="s">
         <v>2</v>
       </c>
       <c>
         <v>0</v>
       </c>
-      <c s="2">
+      <c s="3">
         <v>0</v>
       </c>
       <c>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D2:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control name="Scroll Bar 1" shapeId="1025" r:id="rId3">
               <controlPr defaultSize="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>0</xdr:colOff>