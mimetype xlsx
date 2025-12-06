--- v0 (2025-11-06)
+++ v1 (2025-12-06)
@@ -466,32 +466,32 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1">RAND()</f>
-        <v>0.22799667443720129</v>
+        <v>0.09747256522229542</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>