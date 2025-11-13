--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-93" yWindow="-93" windowWidth="25786" windowHeight="13986"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3">
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>Principal</t>
   </si>
   <si>
     <t>Interest Rate</t>
   </si>
 </sst>
 </file>
 
@@ -215,120 +215,120 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-      </right>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...2 lines deleted...]
-      <right/>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="10" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
+    <xf numFmtId="10" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -604,202 +604,202 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="1" width="3.1171875" customWidth="1"/>
     <col min="2" max="2" width="3.41015625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.87890625" bestFit="1" customWidth="1"/>
     <col min="4" max="8" width="14.29296875" customWidth="1"/>
     <col min="9" max="9" width="3.703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="5"/>
     </row>
     <row>
-      <c r="B2" s="18" t="s">
+      <c r="B2" s="13" t="s">
         <v>1</v>
       </c>
-      <c s="14"/>
+      <c s="18"/>
       <c s="2">
         <v>100000</v>
       </c>
     </row>
     <row>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
-      <c s="8"/>
+      <c s="10"/>
       <c s="9">
         <v>0.06</v>
       </c>
     </row>
     <row>
-      <c r="B4" s="16" t="s">
+      <c r="B4" s="15" t="s">
         <v>0</v>
       </c>
-      <c s="12"/>
-      <c s="13">
+      <c s="17"/>
+      <c s="12">
         <v>4</v>
       </c>
     </row>
     <row>
-      <c r="C5" s="17"/>
+      <c r="C5" s="11"/>
     </row>
     <row>
       <c r="B6" s="4"/>
       <c s="4"/>
       <c s="3" t="s">
         <v>0</v>
       </c>
       <c s="3"/>
       <c s="3"/>
       <c s="3"/>
       <c s="3"/>
     </row>
-    <row s="15" customFormat="1">
+    <row s="14" customFormat="1">
       <c r="B7" s="1"/>
       <c s="7">
         <f>D2*(1+D3)^D4</f>
         <v>126247.69600000003</v>
       </c>
       <c s="1">
         <v>1</v>
       </c>
       <c s="1">
         <v>2</v>
       </c>
       <c s="1">
         <v>3</v>
       </c>
       <c s="1">
         <v>4</v>
       </c>
       <c s="1">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="B8" s="10" t="s">
+      <c r="B8" s="8" t="s">
         <v>2</v>
       </c>
-      <c s="11">
+      <c s="16">
         <v>0.06</v>
       </c>
       <c s="2">
         <f t="dataTable" ref="D8:H12" dt2D="1" dtr="1" r1="D4" r2="D3"/>
         <v>106000</v>
       </c>
       <c s="2">
         <v>112360.00000000001</v>
       </c>
       <c s="2">
         <v>119101.60000000003</v>
       </c>
       <c s="2">
         <v>126247.69600000003</v>
       </c>
       <c s="2">
         <v>133822.55776000005</v>
       </c>
     </row>
     <row>
-      <c r="B9" s="10"/>
-      <c s="11">
+      <c r="B9" s="8"/>
+      <c s="16">
         <v>0.07</v>
       </c>
       <c s="2">
         <v>107000</v>
       </c>
       <c s="2">
         <v>114490</v>
       </c>
       <c s="2">
         <v>122504.30000000002</v>
       </c>
       <c s="2">
         <v>131079.601</v>
       </c>
       <c s="2">
         <v>140255.17307000002</v>
       </c>
     </row>
     <row>
-      <c r="B10" s="10"/>
-      <c s="11">
+      <c r="B10" s="8"/>
+      <c s="16">
         <v>0.08</v>
       </c>
       <c s="2">
         <v>108000</v>
       </c>
       <c s="2">
         <v>116640.00000000001</v>
       </c>
       <c s="2">
         <v>125971.20000000001</v>
       </c>
       <c s="2">
         <v>136048.89600000004</v>
       </c>
       <c s="2">
         <v>146932.80768000003</v>
       </c>
     </row>
     <row>
-      <c r="B11" s="10"/>
-      <c s="11">
+      <c r="B11" s="8"/>
+      <c s="16">
         <v>0.09</v>
       </c>
       <c s="2">
         <v>109000.00000000001</v>
       </c>
       <c s="2">
         <v>118810.00000000001</v>
       </c>
       <c s="2">
         <v>129502.90000000002</v>
       </c>
       <c s="2">
         <v>141158.16100000002</v>
       </c>
       <c s="2">
         <v>153862.39549000005</v>
       </c>
     </row>
     <row>
-      <c r="B12" s="10"/>
-      <c s="11">
+      <c r="B12" s="8"/>
+      <c s="16">
         <v>0.1</v>
       </c>
       <c s="2">
         <v>110000.00000000001</v>
       </c>
       <c s="2">
         <v>121000.00000000001</v>
       </c>
       <c s="2">
         <v>133100.00000000003</v>
       </c>
       <c s="2">
         <v>146410.00000000003</v>
       </c>
       <c s="2">
         <v>161051.0000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="B8:B12"/>