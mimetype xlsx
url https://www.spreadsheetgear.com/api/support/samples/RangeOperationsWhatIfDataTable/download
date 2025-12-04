--- v1 (2025-11-13)
+++ v2 (2025-12-04)
@@ -197,139 +197,139 @@
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
-      <bottom style="thin">
-[...12 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="8" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="9" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="8" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="10" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -601,205 +601,205 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="1" width="3.1171875" customWidth="1"/>
     <col min="2" max="2" width="3.41015625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.87890625" bestFit="1" customWidth="1"/>
     <col min="4" max="8" width="14.29296875" customWidth="1"/>
     <col min="9" max="9" width="3.703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
-      <c s="5"/>
-[...2 lines deleted...]
-      <c r="B2" s="13" t="s">
+      <c s="11"/>
+    </row>
+    <row>
+      <c r="B2" s="14" t="s">
         <v>1</v>
       </c>
-      <c s="18"/>
+      <c s="17"/>
       <c s="2">
         <v>100000</v>
       </c>
     </row>
     <row>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="16" t="s">
         <v>2</v>
       </c>
-      <c s="10"/>
-      <c s="9">
+      <c s="13"/>
+      <c s="12">
         <v>0.06</v>
       </c>
     </row>
     <row>
-      <c r="B4" s="15" t="s">
+      <c r="B4" s="7" t="s">
         <v>0</v>
       </c>
-      <c s="17"/>
-      <c s="12">
+      <c s="6"/>
+      <c s="15">
         <v>4</v>
       </c>
     </row>
     <row>
-      <c r="C5" s="11"/>
+      <c r="C5" s="9"/>
     </row>
     <row>
       <c r="B6" s="4"/>
       <c s="4"/>
       <c s="3" t="s">
         <v>0</v>
       </c>
       <c s="3"/>
       <c s="3"/>
       <c s="3"/>
       <c s="3"/>
     </row>
-    <row s="14" customFormat="1">
+    <row s="8" customFormat="1">
       <c r="B7" s="1"/>
-      <c s="7">
+      <c s="5">
         <f>D2*(1+D3)^D4</f>
         <v>126247.69600000003</v>
       </c>
       <c s="1">
         <v>1</v>
       </c>
       <c s="1">
         <v>2</v>
       </c>
       <c s="1">
         <v>3</v>
       </c>
       <c s="1">
         <v>4</v>
       </c>
       <c s="1">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="B8" s="8" t="s">
+      <c r="B8" s="18" t="s">
         <v>2</v>
       </c>
-      <c s="16">
+      <c s="10">
         <v>0.06</v>
       </c>
       <c s="2">
         <f t="dataTable" ref="D8:H12" dt2D="1" dtr="1" r1="D4" r2="D3"/>
         <v>106000</v>
       </c>
       <c s="2">
         <v>112360.00000000001</v>
       </c>
       <c s="2">
         <v>119101.60000000003</v>
       </c>
       <c s="2">
         <v>126247.69600000003</v>
       </c>
       <c s="2">
         <v>133822.55776000005</v>
       </c>
     </row>
     <row>
-      <c r="B9" s="8"/>
-      <c s="16">
+      <c r="B9" s="18"/>
+      <c s="10">
         <v>0.07</v>
       </c>
       <c s="2">
         <v>107000</v>
       </c>
       <c s="2">
         <v>114490</v>
       </c>
       <c s="2">
         <v>122504.30000000002</v>
       </c>
       <c s="2">
         <v>131079.601</v>
       </c>
       <c s="2">
         <v>140255.17307000002</v>
       </c>
     </row>
     <row>
-      <c r="B10" s="8"/>
-      <c s="16">
+      <c r="B10" s="18"/>
+      <c s="10">
         <v>0.08</v>
       </c>
       <c s="2">
         <v>108000</v>
       </c>
       <c s="2">
         <v>116640.00000000001</v>
       </c>
       <c s="2">
         <v>125971.20000000001</v>
       </c>
       <c s="2">
         <v>136048.89600000004</v>
       </c>
       <c s="2">
         <v>146932.80768000003</v>
       </c>
     </row>
     <row>
-      <c r="B11" s="8"/>
-      <c s="16">
+      <c r="B11" s="18"/>
+      <c s="10">
         <v>0.09</v>
       </c>
       <c s="2">
         <v>109000.00000000001</v>
       </c>
       <c s="2">
         <v>118810.00000000001</v>
       </c>
       <c s="2">
         <v>129502.90000000002</v>
       </c>
       <c s="2">
         <v>141158.16100000002</v>
       </c>
       <c s="2">
         <v>153862.39549000005</v>
       </c>
     </row>
     <row>
-      <c r="B12" s="8"/>
-      <c s="16">
+      <c r="B12" s="18"/>
+      <c s="10">
         <v>0.1</v>
       </c>
       <c s="2">
         <v>110000.00000000001</v>
       </c>
       <c s="2">
         <v>121000.00000000001</v>
       </c>
       <c s="2">
         <v>133100.00000000003</v>
       </c>
       <c s="2">
         <v>146410.00000000003</v>
       </c>
       <c s="2">
         <v>161051.0000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="B8:B12"/>