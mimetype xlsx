--- v0 (2025-10-30)
+++ v1 (2025-11-25)
@@ -508,83 +508,83 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="12.40625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.2578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>5</v>
       </c>
       <c s="1">
         <v>4000</v>
       </c>
     </row>
     <row>
       <c t="s">
+        <v>7</v>
+      </c>
+      <c s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
         <v>0</v>
       </c>
       <c s="1">
         <v>3000</v>
       </c>
     </row>
     <row>
       <c t="s">
+        <v>1</v>
+      </c>
+      <c s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>3</v>
+      </c>
+      <c s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
         <v>4</v>
       </c>
       <c s="1">
-        <v>2000</v>
-[...39 lines deleted...]
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>