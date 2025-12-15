--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>This sheet is not protected with a password.</t>
   </si>
   <si>
     <t>Row 1 is not locked - you can edit this cell.</t>
   </si>
   <si>
     <t>This sheet is protected with a password.</t>
   </si>
   <si>
     <t>All other rows are locked - you cannot edit this cell.</t>
@@ -537,29 +537,29 @@
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="42.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row s="1" customFormat="1">
       <c s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>3</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="gdPe2XsNRKDzCeKFsu4K6PLK7k2U5Zf1ENn9lM5z3fcLJwGn0czKEZSrSg/A/vRzyZzC3HKSQNYyjvSEhpcvPg==" saltValue="6nQNuUP7F7WvXU2q1+jIHQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Q6PSCKY+27OHEvywTND9G7KEYYEczM/8BbqFd41wEk8faRu5SwxInwm0zujikJB9gvTSa9y/n1eljffXqSQ2SA==" saltValue="xMJ5Km08d911kdyxRLisow==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>