--- v0 (2025-10-28)
+++ v1 (2025-12-02)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Q4</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Sales</t>
   </si>
@@ -200,52 +200,52 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -526,268 +526,268 @@
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2"/>
   <sheetData>
     <row>
       <c s="3" t="s">
         <v>1</v>
       </c>
       <c s="3" t="s">
         <v>5</v>
       </c>
       <c s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
+        <v>8212.01352202313</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4614.834930168259</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8596.334103277004</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8863.631244551487</v>
+      </c>
+    </row>
+    <row outlineLevel="1">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$2:$C$5)</f>
+        <v>30286.81380001988</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1" ref="C7:C10">RAND() * 10000</f>
+        <v>690.1929071365753</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>1717.2545684612928</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>1226.1483303281739</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="1"/>
+        <v>7186.211183474001</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$7:$C$10)</f>
+        <v>10819.806989400044</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2" ref="C12:C15">RAND() * 10000</f>
+        <v>2414.5547857545857</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>1292.8443451766825</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>1329.553538999022</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="2"/>
+        <v>741.4789856064274</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$12:$C$15)</f>
+        <v>5778.431655536718</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3" ref="C17:C20">RAND() * 10000</f>
+        <v>5290.49226602929</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>8324.810287791706</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>6994.179240927129</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
+      <c s="1">
+        <f ca="1" t="shared" si="3"/>
+        <v>3020.887196883422</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="2">
-        <f ca="1" t="shared" si="0"/>
-[...190 lines deleted...]
-      <c s="1">
         <f ca="1">SUM($C$17:$C$20)</f>
-        <v>17880.018300682284</v>
+        <v>23630.368991631545</v>
       </c>
     </row>
     <row>
-      <c r="C22" s="1">
+      <c r="C22" s="2">
         <f ca="1">SUM(C6,C11,C16,C21)</f>
-        <v>83397.10190334753</v>
+        <v>70515.42143658819</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>