--- v1 (2025-12-02)
+++ v2 (2026-03-10)
@@ -200,52 +200,52 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="5" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -526,268 +526,268 @@
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2"/>
   <sheetData>
     <row>
       <c s="3" t="s">
         <v>1</v>
       </c>
       <c s="3" t="s">
         <v>5</v>
       </c>
       <c s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row outlineLevel="2">
       <c t="s">
         <v>10</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
+        <v>4637.146065741984</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>6582.921443580636</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>2771.8215065708573</v>
+      </c>
+    </row>
+    <row outlineLevel="2">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="0"/>
+        <v>8180.544548375766</v>
+      </c>
+    </row>
+    <row outlineLevel="1">
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0" ref="C2:C5">RAND() * 10000</f>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$2:$C$5)</f>
+        <v>22172.433564269242</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1" ref="C7:C10">RAND() * 10000</f>
+        <v>9253.449426875644</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
       </c>
       <c t="s">
         <v>6</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1"/>
+        <v>9333.267746052441</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1"/>
+        <v>6568.3128822525205</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="1"/>
+        <v>56.696731918650656</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$7:$C$10)</f>
+        <v>25211.72678709926</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2" ref="C12:C15">RAND() * 10000</f>
+        <v>9091.868481210855</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2"/>
+        <v>703.8078299901418</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
       </c>
       <c t="s">
         <v>11</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2"/>
+        <v>1395.3863380173814</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="2"/>
+        <v>5579.318891254079</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0"/>
-[...5 lines deleted...]
-        <v>10</v>
+        <f ca="1">SUM($C$12:$C$15)</f>
+        <v>16770.38154047246</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3" ref="C17:C20">RAND() * 10000</f>
+        <v>8291.650515715484</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>6</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3"/>
+        <v>1806.357498576867</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>11</v>
+      </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3"/>
+        <v>3414.282828589901</v>
+      </c>
+    </row>
+    <row hidden="1" outlineLevel="2">
+      <c t="s">
+        <v>9</v>
       </c>
       <c t="s">
         <v>0</v>
       </c>
+      <c s="2">
+        <f ca="1" t="shared" si="3"/>
+        <v>4972.744993480971</v>
+      </c>
+    </row>
+    <row outlineLevel="1" collapsed="1">
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c t="s">
+        <v>7</v>
+      </c>
       <c s="1">
-        <f ca="1" t="shared" si="0"/>
-[...190 lines deleted...]
-      <c s="2">
         <f ca="1">SUM($C$17:$C$20)</f>
-        <v>23630.368991631545</v>
+        <v>18485.035836363222</v>
       </c>
     </row>
     <row>
-      <c r="C22" s="2">
+      <c r="C22" s="1">
         <f ca="1">SUM(C6,C11,C16,C21)</f>
-        <v>70515.42143658819</v>
+        <v>82639.57772820418</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>