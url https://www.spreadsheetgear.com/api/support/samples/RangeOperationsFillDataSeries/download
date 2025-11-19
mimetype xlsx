--- v0 (2025-10-29)
+++ v1 (2025-11-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>November</t>
   </si>
   <si>
     <t>Month Name</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>October</t>
   </si>
@@ -228,61 +228,61 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -545,295 +545,295 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" sqref="A2:XFD2"/>
       <selection pane="bottomLeft" activeCell="Z100" sqref="Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.95"/>
   <cols>
     <col min="1" max="1" width="12.54296875" customWidth="1"/>
-    <col min="2" max="2" width="16.984375" style="5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="9.79296875" style="5" customWidth="1"/>
+    <col min="2" max="2" width="16.984375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="12.8046875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="9.79296875" style="3" customWidth="1"/>
     <col min="5" max="6" width="8.62109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
+      <c s="1" t="s">
+        <v>1</v>
+      </c>
       <c s="2" t="s">
+        <v>5</v>
+      </c>
+      <c s="2" t="s">
+        <v>11</v>
+      </c>
+      <c s="2" t="s">
+        <v>6</v>
+      </c>
+      <c s="1" t="s">
+        <v>15</v>
+      </c>
+      <c s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>12</v>
+      </c>
+      <c s="5">
+        <v>39814</v>
+      </c>
+      <c s="4">
+        <v>39814</v>
+      </c>
+      <c s="3">
+        <v>39814</v>
+      </c>
+      <c s="7">
         <v>1</v>
       </c>
-      <c s="1" t="s">
+      <c s="6">
+        <v>0.833333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c s="5">
+        <v>39815</v>
+      </c>
+      <c s="4">
+        <v>39845</v>
+      </c>
+      <c s="3">
+        <v>40179</v>
+      </c>
+      <c s="7">
+        <v>2</v>
+      </c>
+      <c s="6">
+        <v>2.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>13</v>
+      </c>
+      <c s="5">
+        <v>39816</v>
+      </c>
+      <c s="4">
+        <v>39873</v>
+      </c>
+      <c s="3">
+        <v>40544</v>
+      </c>
+      <c s="7">
+        <v>3</v>
+      </c>
+      <c s="6">
+        <v>3.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="5">
+        <v>39817</v>
+      </c>
+      <c s="4">
+        <v>39904</v>
+      </c>
+      <c s="3">
+        <v>40909</v>
+      </c>
+      <c s="7">
+        <v>4</v>
+      </c>
+      <c s="6">
+        <v>5.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>16</v>
+      </c>
+      <c s="5">
+        <v>39818</v>
+      </c>
+      <c s="4">
+        <v>39934</v>
+      </c>
+      <c s="3">
+        <v>41275</v>
+      </c>
+      <c s="7">
         <v>5</v>
       </c>
-      <c s="1" t="s">
+      <c s="6">
+        <v>6.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>17</v>
+      </c>
+      <c s="5">
+        <v>39819</v>
+      </c>
+      <c s="4">
+        <v>39965</v>
+      </c>
+      <c s="3">
+        <v>41640</v>
+      </c>
+      <c s="7">
+        <v>6</v>
+      </c>
+      <c s="6">
+        <v>8.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c s="5">
+        <v>39820</v>
+      </c>
+      <c s="4">
+        <v>39995</v>
+      </c>
+      <c s="3">
+        <v>42005</v>
+      </c>
+      <c s="7">
+        <v>7</v>
+      </c>
+      <c s="6">
+        <v>9.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c s="5">
+        <v>39821</v>
+      </c>
+      <c s="4">
+        <v>40026</v>
+      </c>
+      <c s="3">
+        <v>42370</v>
+      </c>
+      <c s="7">
+        <v>8</v>
+      </c>
+      <c s="6">
+        <v>11.3333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>7</v>
+      </c>
+      <c s="5">
+        <v>39822</v>
+      </c>
+      <c s="4">
+        <v>40057</v>
+      </c>
+      <c s="3">
+        <v>42736</v>
+      </c>
+      <c s="7">
+        <v>9</v>
+      </c>
+      <c s="6">
+        <v>12.8333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>3</v>
+      </c>
+      <c s="5">
+        <v>39823</v>
+      </c>
+      <c s="4">
+        <v>40087</v>
+      </c>
+      <c s="3">
+        <v>43101</v>
+      </c>
+      <c s="7">
+        <v>10</v>
+      </c>
+      <c s="6">
+        <v>14.3333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="5">
+        <v>39824</v>
+      </c>
+      <c s="4">
+        <v>40118</v>
+      </c>
+      <c s="3">
+        <v>43466</v>
+      </c>
+      <c s="7">
         <v>11</v>
       </c>
-      <c s="1" t="s">
-[...10 lines deleted...]
-      <c t="s">
+      <c s="6">
+        <v>15.8333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c s="5">
+        <v>39825</v>
+      </c>
+      <c s="4">
+        <v>40148</v>
+      </c>
+      <c s="3">
+        <v>43831</v>
+      </c>
+      <c s="7">
         <v>12</v>
       </c>
-      <c s="7">
-[...231 lines deleted...]
-      <c s="3">
+      <c s="6">
         <v>17.3333333333333</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>