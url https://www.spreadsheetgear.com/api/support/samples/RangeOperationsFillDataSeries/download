--- v1 (2025-11-19)
+++ v2 (2025-12-15)
@@ -228,60 +228,60 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -545,295 +545,295 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" sqref="A2:XFD2"/>
       <selection pane="bottomLeft" activeCell="Z100" sqref="Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.95"/>
   <cols>
     <col min="1" max="1" width="12.54296875" customWidth="1"/>
-    <col min="2" max="2" width="16.984375" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="9.79296875" style="3" customWidth="1"/>
+    <col min="2" max="2" width="16.984375" style="4" customWidth="1"/>
+    <col min="3" max="3" width="12.8046875" style="4" customWidth="1"/>
+    <col min="4" max="4" width="9.79296875" style="4" customWidth="1"/>
     <col min="5" max="6" width="8.62109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
+      <c s="2" t="s">
+        <v>1</v>
+      </c>
       <c s="1" t="s">
+        <v>5</v>
+      </c>
+      <c s="1" t="s">
+        <v>11</v>
+      </c>
+      <c s="1" t="s">
+        <v>6</v>
+      </c>
+      <c s="2" t="s">
+        <v>15</v>
+      </c>
+      <c s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>12</v>
+      </c>
+      <c s="3">
+        <v>39814</v>
+      </c>
+      <c s="6">
+        <v>39814</v>
+      </c>
+      <c s="4">
+        <v>39814</v>
+      </c>
+      <c s="7">
         <v>1</v>
       </c>
-      <c s="2" t="s">
+      <c s="5">
+        <v>0.833333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c s="3">
+        <v>39815</v>
+      </c>
+      <c s="6">
+        <v>39845</v>
+      </c>
+      <c s="4">
+        <v>40179</v>
+      </c>
+      <c s="7">
+        <v>2</v>
+      </c>
+      <c s="5">
+        <v>2.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>13</v>
+      </c>
+      <c s="3">
+        <v>39816</v>
+      </c>
+      <c s="6">
+        <v>39873</v>
+      </c>
+      <c s="4">
+        <v>40544</v>
+      </c>
+      <c s="7">
+        <v>3</v>
+      </c>
+      <c s="5">
+        <v>3.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="3">
+        <v>39817</v>
+      </c>
+      <c s="6">
+        <v>39904</v>
+      </c>
+      <c s="4">
+        <v>40909</v>
+      </c>
+      <c s="7">
+        <v>4</v>
+      </c>
+      <c s="5">
+        <v>5.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>16</v>
+      </c>
+      <c s="3">
+        <v>39818</v>
+      </c>
+      <c s="6">
+        <v>39934</v>
+      </c>
+      <c s="4">
+        <v>41275</v>
+      </c>
+      <c s="7">
         <v>5</v>
       </c>
-      <c s="2" t="s">
+      <c s="5">
+        <v>6.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>17</v>
+      </c>
+      <c s="3">
+        <v>39819</v>
+      </c>
+      <c s="6">
+        <v>39965</v>
+      </c>
+      <c s="4">
+        <v>41640</v>
+      </c>
+      <c s="7">
+        <v>6</v>
+      </c>
+      <c s="5">
+        <v>8.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c s="3">
+        <v>39820</v>
+      </c>
+      <c s="6">
+        <v>39995</v>
+      </c>
+      <c s="4">
+        <v>42005</v>
+      </c>
+      <c s="7">
+        <v>7</v>
+      </c>
+      <c s="5">
+        <v>9.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c s="3">
+        <v>39821</v>
+      </c>
+      <c s="6">
+        <v>40026</v>
+      </c>
+      <c s="4">
+        <v>42370</v>
+      </c>
+      <c s="7">
+        <v>8</v>
+      </c>
+      <c s="5">
+        <v>11.3333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>7</v>
+      </c>
+      <c s="3">
+        <v>39822</v>
+      </c>
+      <c s="6">
+        <v>40057</v>
+      </c>
+      <c s="4">
+        <v>42736</v>
+      </c>
+      <c s="7">
+        <v>9</v>
+      </c>
+      <c s="5">
+        <v>12.8333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>3</v>
+      </c>
+      <c s="3">
+        <v>39823</v>
+      </c>
+      <c s="6">
+        <v>40087</v>
+      </c>
+      <c s="4">
+        <v>43101</v>
+      </c>
+      <c s="7">
+        <v>10</v>
+      </c>
+      <c s="5">
+        <v>14.3333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="3">
+        <v>39824</v>
+      </c>
+      <c s="6">
+        <v>40118</v>
+      </c>
+      <c s="4">
+        <v>43466</v>
+      </c>
+      <c s="7">
         <v>11</v>
       </c>
-      <c s="2" t="s">
-[...10 lines deleted...]
-      <c t="s">
+      <c s="5">
+        <v>15.8333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c s="3">
+        <v>39825</v>
+      </c>
+      <c s="6">
+        <v>40148</v>
+      </c>
+      <c s="4">
+        <v>43831</v>
+      </c>
+      <c s="7">
         <v>12</v>
       </c>
       <c s="5">
-        <v>39814</v>
-[...230 lines deleted...]
-      <c s="6">
         <v>17.3333333333333</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>