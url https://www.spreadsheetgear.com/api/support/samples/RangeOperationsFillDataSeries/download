--- v2 (2025-12-15)
+++ v3 (2026-03-11)
@@ -228,61 +228,61 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -545,295 +545,295 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" sqref="A2:XFD2"/>
       <selection pane="bottomLeft" activeCell="Z100" sqref="Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.95"/>
   <cols>
     <col min="1" max="1" width="12.54296875" customWidth="1"/>
-    <col min="2" max="2" width="16.984375" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="9.79296875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="16.984375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="12.8046875" style="5" customWidth="1"/>
+    <col min="4" max="4" width="9.79296875" style="5" customWidth="1"/>
     <col min="5" max="6" width="8.62109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
+      <c s="1" t="s">
+        <v>1</v>
+      </c>
       <c s="2" t="s">
+        <v>5</v>
+      </c>
+      <c s="2" t="s">
+        <v>11</v>
+      </c>
+      <c s="2" t="s">
+        <v>6</v>
+      </c>
+      <c s="1" t="s">
+        <v>15</v>
+      </c>
+      <c s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>12</v>
+      </c>
+      <c s="7">
+        <v>39814</v>
+      </c>
+      <c s="3">
+        <v>39814</v>
+      </c>
+      <c s="5">
+        <v>39814</v>
+      </c>
+      <c s="4">
         <v>1</v>
       </c>
-      <c s="1" t="s">
+      <c s="6">
+        <v>0.833333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>9</v>
+      </c>
+      <c s="7">
+        <v>39815</v>
+      </c>
+      <c s="3">
+        <v>39845</v>
+      </c>
+      <c s="5">
+        <v>40179</v>
+      </c>
+      <c s="4">
+        <v>2</v>
+      </c>
+      <c s="6">
+        <v>2.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>13</v>
+      </c>
+      <c s="7">
+        <v>39816</v>
+      </c>
+      <c s="3">
+        <v>39873</v>
+      </c>
+      <c s="5">
+        <v>40544</v>
+      </c>
+      <c s="4">
+        <v>3</v>
+      </c>
+      <c s="6">
+        <v>3.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>2</v>
+      </c>
+      <c s="7">
+        <v>39817</v>
+      </c>
+      <c s="3">
+        <v>39904</v>
+      </c>
+      <c s="5">
+        <v>40909</v>
+      </c>
+      <c s="4">
+        <v>4</v>
+      </c>
+      <c s="6">
+        <v>5.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>16</v>
+      </c>
+      <c s="7">
+        <v>39818</v>
+      </c>
+      <c s="3">
+        <v>39934</v>
+      </c>
+      <c s="5">
+        <v>41275</v>
+      </c>
+      <c s="4">
         <v>5</v>
       </c>
-      <c s="1" t="s">
+      <c s="6">
+        <v>6.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>17</v>
+      </c>
+      <c s="7">
+        <v>39819</v>
+      </c>
+      <c s="3">
+        <v>39965</v>
+      </c>
+      <c s="5">
+        <v>41640</v>
+      </c>
+      <c s="4">
+        <v>6</v>
+      </c>
+      <c s="6">
+        <v>8.33333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>10</v>
+      </c>
+      <c s="7">
+        <v>39820</v>
+      </c>
+      <c s="3">
+        <v>39995</v>
+      </c>
+      <c s="5">
+        <v>42005</v>
+      </c>
+      <c s="4">
+        <v>7</v>
+      </c>
+      <c s="6">
+        <v>9.83333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>8</v>
+      </c>
+      <c s="7">
+        <v>39821</v>
+      </c>
+      <c s="3">
+        <v>40026</v>
+      </c>
+      <c s="5">
+        <v>42370</v>
+      </c>
+      <c s="4">
+        <v>8</v>
+      </c>
+      <c s="6">
+        <v>11.3333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>7</v>
+      </c>
+      <c s="7">
+        <v>39822</v>
+      </c>
+      <c s="3">
+        <v>40057</v>
+      </c>
+      <c s="5">
+        <v>42736</v>
+      </c>
+      <c s="4">
+        <v>9</v>
+      </c>
+      <c s="6">
+        <v>12.8333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>3</v>
+      </c>
+      <c s="7">
+        <v>39823</v>
+      </c>
+      <c s="3">
+        <v>40087</v>
+      </c>
+      <c s="5">
+        <v>43101</v>
+      </c>
+      <c s="4">
+        <v>10</v>
+      </c>
+      <c s="6">
+        <v>14.3333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>0</v>
+      </c>
+      <c s="7">
+        <v>39824</v>
+      </c>
+      <c s="3">
+        <v>40118</v>
+      </c>
+      <c s="5">
+        <v>43466</v>
+      </c>
+      <c s="4">
         <v>11</v>
       </c>
-      <c s="1" t="s">
-[...10 lines deleted...]
-      <c t="s">
+      <c s="6">
+        <v>15.8333333333333</v>
+      </c>
+    </row>
+    <row>
+      <c t="s">
+        <v>4</v>
+      </c>
+      <c s="7">
+        <v>39825</v>
+      </c>
+      <c s="3">
+        <v>40148</v>
+      </c>
+      <c s="5">
+        <v>43831</v>
+      </c>
+      <c s="4">
         <v>12</v>
       </c>
-      <c s="3">
-[...231 lines deleted...]
-      <c s="5">
+      <c s="6">
         <v>17.3333333333333</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>