--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/vmlDrawing1.vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>TimAndersen</author>
   </authors>
   <commentList>
     <comment ref="B3" authorId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
@@ -929,136 +929,136 @@
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="double">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom style="thin">
+      <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom style="double">
+      <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
-      <bottom/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="2" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="2" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -1344,577 +1344,577 @@
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="1" max="1" width="2.3515625" customWidth="1"/>
     <col min="2" max="2" width="16.72265625" customWidth="1"/>
     <col min="3" max="3" width="1.83203125" customWidth="1"/>
     <col min="8" max="8" width="10.453125" customWidth="1"/>
     <col min="12" max="12" width="16.72265625" customWidth="1"/>
     <col min="13" max="13" width="9.921875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c r="D1" s="1" t="s">
         <v>12</v>
       </c>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
-      <c s="11" t="s">
+      <c s="13" t="s">
         <v>21</v>
       </c>
       <c s="1"/>
     </row>
     <row ht="55.35">
-      <c r="B2" s="12" t="s">
+      <c r="B2" s="15" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>16</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>0</v>
       </c>
       <c s="2" t="s">
         <v>8</v>
       </c>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>18</v>
       </c>
       <c s="2" t="s">
         <v>14</v>
       </c>
       <c s="2" t="s">
         <v>1</v>
       </c>
-      <c s="13" t="s">
+      <c s="11" t="s">
         <v>19</v>
       </c>
       <c s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row>
       <c r="B3" s="3">
         <v>1</v>
       </c>
       <c r="D3" s="3">
         <v>1</v>
       </c>
       <c>
         <v>1</v>
       </c>
       <c>
         <v>1</v>
       </c>
       <c s="3"/>
-      <c r="I3" s="15">
+      <c r="I3" s="14">
         <v>1</v>
       </c>
       <c s="10">
         <v>1</v>
       </c>
       <c s="10">
         <v>1</v>
       </c>
       <c r="N3" s="3">
         <v>1</v>
       </c>
       <c s="3">
         <v>1</v>
       </c>
     </row>
     <row>
-      <c r="B4" s="4">
+      <c r="B4" s="5">
         <v>2</v>
       </c>
-      <c r="D4" s="4">
+      <c r="D4" s="5">
         <v>2</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>2</v>
       </c>
-      <c s="4"/>
-      <c r="I4" s="15">
+      <c s="5"/>
+      <c r="I4" s="14">
         <v>2</v>
       </c>
       <c s="10">
         <v>2</v>
       </c>
       <c s="10">
         <v>2</v>
       </c>
-      <c r="N4" s="4">
+      <c r="N4" s="5">
         <v>2</v>
       </c>
-      <c s="4">
+      <c s="5">
         <v>2</v>
       </c>
     </row>
     <row>
-      <c r="B5" s="4">
-[...12 lines deleted...]
-      <c r="I5" s="15">
+      <c r="B5" s="5">
+        <v>3</v>
+      </c>
+      <c r="D5" s="5">
+        <v>3</v>
+      </c>
+      <c>
+        <v>3</v>
+      </c>
+      <c>
+        <v>3</v>
+      </c>
+      <c s="5"/>
+      <c r="I5" s="14">
         <v>3</v>
       </c>
       <c s="10">
         <v>3</v>
       </c>
       <c s="10">
         <v>3</v>
       </c>
-      <c r="N5" s="4">
-[...7 lines deleted...]
-      <c r="B6" s="4">
+      <c r="N5" s="5">
+        <v>3</v>
+      </c>
+      <c s="5">
+        <v>3</v>
+      </c>
+    </row>
+    <row>
+      <c r="B6" s="5">
         <v>4</v>
       </c>
-      <c r="D6" s="4">
+      <c r="D6" s="5">
         <v>4</v>
       </c>
       <c>
         <v>4</v>
       </c>
       <c>
         <v>4</v>
       </c>
-      <c s="4"/>
-      <c r="I6" s="15">
+      <c s="5"/>
+      <c r="I6" s="14">
         <v>4</v>
       </c>
       <c s="10">
         <v>4</v>
       </c>
       <c s="10">
         <v>4</v>
       </c>
-      <c r="N6" s="4">
+      <c r="N6" s="5">
         <v>4</v>
       </c>
-      <c s="4">
+      <c s="5">
         <v>4</v>
       </c>
     </row>
     <row>
-      <c r="B7" s="5">
+      <c r="B7" s="4">
         <v>5</v>
       </c>
-      <c r="D7" s="5">
+      <c r="D7" s="4">
         <v>5</v>
       </c>
       <c>
         <v>5</v>
       </c>
       <c>
         <v>5</v>
       </c>
-      <c s="5"/>
-      <c r="I7" s="15">
+      <c s="4"/>
+      <c r="I7" s="14">
         <v>5</v>
       </c>
       <c s="10">
         <v>5</v>
       </c>
       <c s="10">
         <v>5</v>
       </c>
-      <c r="N7" s="5">
+      <c r="N7" s="4">
         <v>5</v>
       </c>
-      <c s="5">
+      <c s="4">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="J8" s="10"/>
       <c s="10"/>
       <c r="N8" t="s">
         <v>13</v>
       </c>
       <c s="3">
         <v>1</v>
       </c>
     </row>
     <row>
-      <c r="B9" s="7">
+      <c r="B9" s="9">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
-      <c r="D9" s="7">
+      <c r="D9" s="9">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
       <c>
         <v>1</v>
       </c>
       <c>
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
-      <c s="7"/>
-      <c r="I9" s="14">
+      <c s="9"/>
+      <c r="I9" s="12">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
       <c s="10">
         <v>1</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
-      <c r="N9" s="7">
+      <c r="N9" s="9">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
-      <c s="4">
+      <c s="5">
         <v>2</v>
       </c>
     </row>
     <row>
-      <c r="B10" s="9">
+      <c r="B10" s="8">
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
-      <c r="D10" s="9">
+      <c r="D10" s="8">
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
       <c>
         <v>3</v>
       </c>
       <c>
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
-      <c s="9"/>
-      <c r="I10" s="14">
+      <c s="8"/>
+      <c r="I10" s="12">
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
       <c s="10">
         <v>3</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
-      <c r="N10" s="9">
+      <c r="N10" s="8">
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
-      <c s="4">
-[...4 lines deleted...]
-      <c r="B11" s="9">
+      <c s="5">
+        <v>3</v>
+      </c>
+    </row>
+    <row>
+      <c r="B11" s="8">
         <f>SUM($B$3:$B5)</f>
         <v>6</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D11" s="8">
         <f>SUM($B$3:$B5)</f>
         <v>6</v>
       </c>
       <c>
         <v>6</v>
       </c>
       <c>
         <f>SUM($B$3:$B5)</f>
         <v>6</v>
       </c>
-      <c s="9"/>
-      <c r="I11" s="14">
+      <c s="8"/>
+      <c r="I11" s="12">
         <f>SUM($B$3:$B5)</f>
         <v>6</v>
       </c>
       <c s="10">
         <v>6</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B5)</f>
         <v>6</v>
       </c>
-      <c r="N11" s="9">
+      <c r="N11" s="8">
         <f>SUM($B$3:$B5)</f>
         <v>6</v>
       </c>
-      <c s="4">
+      <c s="5">
         <v>4</v>
       </c>
     </row>
     <row>
-      <c r="B12" s="9">
+      <c r="B12" s="8">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D12" s="8">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
       <c>
         <v>10</v>
       </c>
       <c>
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
-      <c s="9"/>
-      <c r="I12" s="14">
+      <c s="8"/>
+      <c r="I12" s="12">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
       <c s="10">
         <v>10</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
-      <c r="N12" s="9">
+      <c r="N12" s="8">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
-      <c s="5">
+      <c s="4">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="B13" s="8">
+      <c r="B13" s="7">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
-      <c r="D13" s="8">
+      <c r="D13" s="7">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
       <c>
         <v>15</v>
       </c>
       <c>
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
-      <c s="8"/>
-      <c r="I13" s="14">
+      <c s="7"/>
+      <c r="I13" s="12">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
       <c s="10">
         <v>15</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
-      <c r="N13" s="8">
+      <c r="N13" s="7">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
       <c s="3">
         <v>1</v>
       </c>
     </row>
     <row>
-      <c r="O14" s="4">
+      <c r="O14" s="5">
         <v>2</v>
       </c>
     </row>
     <row>
       <c r="B15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D15">
         <v>1</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>3</v>
       </c>
       <c>
         <v>4</v>
       </c>
       <c>
         <v>5</v>
       </c>
       <c r="J15">
         <v>1</v>
       </c>
       <c>
         <v>3</v>
       </c>
       <c>
         <v>6</v>
       </c>
       <c>
         <v>10</v>
       </c>
       <c>
         <v>15</v>
       </c>
-      <c s="4">
-[...4 lines deleted...]
-      <c r="O16" s="4">
+      <c s="5">
+        <v>3</v>
+      </c>
+    </row>
+    <row>
+      <c r="O16" s="5">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="D17" s="1" t="s">
         <v>6</v>
       </c>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
-      <c r="O17" s="5">
+      <c r="O17" s="4">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="D18" s="6" t="s">
         <v>15</v>
       </c>
       <c s="6" t="s">
         <v>5</v>
       </c>
       <c s="6" t="s">
         <v>17</v>
       </c>
       <c s="6" t="s">
         <v>11</v>
       </c>
       <c r="O18" s="3">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="D19">
         <v>2</v>
       </c>
       <c>
         <v>0</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>2</v>
       </c>
-      <c r="O19" s="4">
+      <c r="O19" s="5">
         <v>2</v>
       </c>
     </row>
     <row>
       <c r="D20">
         <v>3</v>
       </c>
       <c>
         <v>-1</v>
       </c>
       <c>
         <v>4</v>
       </c>
       <c>
         <v>1</v>
       </c>
-      <c r="O20" s="4">
+      <c r="O20" s="5">
         <v>3</v>
       </c>
     </row>
     <row>
       <c r="D21">
         <v>4</v>
       </c>
       <c>
         <v>-2</v>
       </c>
       <c>
         <v>6</v>
       </c>
       <c>
         <v>0.6666666666666666</v>
       </c>
-      <c r="O21" s="4">
+      <c r="O21" s="5">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="D22">
         <v>5</v>
       </c>
       <c>
         <v>-3</v>
       </c>
       <c>
         <v>8</v>
       </c>
       <c>
         <v>0.5</v>
       </c>
-      <c r="O22" s="5">
+      <c r="O22" s="4">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="D23">
         <v>6</v>
       </c>
       <c>
         <v>-4</v>
       </c>
       <c>
         <v>10</v>
       </c>
       <c>
         <v>0.4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D1:M1"/>
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="D17:G17"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B3:B7 D3:D7 I3:I7 M3:N7 O3:O22">