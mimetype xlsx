--- v1 (2025-11-20)
+++ v2 (2025-12-12)
@@ -911,153 +911,153 @@
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
-      <top style="double">
+      <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom style="thin">
+      <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
-      <top style="thin">
+      <top style="double">
         <color auto="1"/>
       </top>
-      <bottom style="double">
+      <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color auto="1"/>
       </left>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
-      <bottom/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="2" fontId="2" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="2" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1344,285 +1344,285 @@
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <cols>
     <col min="1" max="1" width="2.3515625" customWidth="1"/>
     <col min="2" max="2" width="16.72265625" customWidth="1"/>
     <col min="3" max="3" width="1.83203125" customWidth="1"/>
     <col min="8" max="8" width="10.453125" customWidth="1"/>
     <col min="12" max="12" width="16.72265625" customWidth="1"/>
     <col min="13" max="13" width="9.921875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c r="D1" s="1" t="s">
         <v>12</v>
       </c>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
-      <c s="13" t="s">
+      <c s="14" t="s">
         <v>21</v>
       </c>
       <c s="1"/>
     </row>
     <row ht="55.35">
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>16</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>7</v>
       </c>
       <c s="2" t="s">
         <v>0</v>
       </c>
       <c s="2" t="s">
         <v>8</v>
       </c>
       <c s="2" t="s">
         <v>2</v>
       </c>
       <c s="2" t="s">
         <v>4</v>
       </c>
       <c s="2" t="s">
         <v>18</v>
       </c>
       <c s="2" t="s">
         <v>14</v>
       </c>
       <c s="2" t="s">
         <v>1</v>
       </c>
-      <c s="11" t="s">
+      <c s="15" t="s">
         <v>19</v>
       </c>
       <c s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row>
-      <c r="B3" s="3">
-[...12 lines deleted...]
-      <c r="I3" s="14">
+      <c r="B3" s="4">
+        <v>1</v>
+      </c>
+      <c r="D3" s="4">
+        <v>1</v>
+      </c>
+      <c>
+        <v>1</v>
+      </c>
+      <c>
+        <v>1</v>
+      </c>
+      <c s="4"/>
+      <c r="I3" s="11">
         <v>1</v>
       </c>
       <c s="10">
         <v>1</v>
       </c>
       <c s="10">
         <v>1</v>
       </c>
-      <c r="N3" s="3">
-[...2 lines deleted...]
-      <c s="3">
+      <c r="N3" s="4">
+        <v>1</v>
+      </c>
+      <c s="4">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="B4" s="5">
         <v>2</v>
       </c>
       <c r="D4" s="5">
         <v>2</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c s="5"/>
-      <c r="I4" s="14">
+      <c r="I4" s="11">
         <v>2</v>
       </c>
       <c s="10">
         <v>2</v>
       </c>
       <c s="10">
         <v>2</v>
       </c>
       <c r="N4" s="5">
         <v>2</v>
       </c>
       <c s="5">
         <v>2</v>
       </c>
     </row>
     <row>
       <c r="B5" s="5">
         <v>3</v>
       </c>
       <c r="D5" s="5">
         <v>3</v>
       </c>
       <c>
         <v>3</v>
       </c>
       <c>
         <v>3</v>
       </c>
       <c s="5"/>
-      <c r="I5" s="14">
+      <c r="I5" s="11">
         <v>3</v>
       </c>
       <c s="10">
         <v>3</v>
       </c>
       <c s="10">
         <v>3</v>
       </c>
       <c r="N5" s="5">
         <v>3</v>
       </c>
       <c s="5">
         <v>3</v>
       </c>
     </row>
     <row>
       <c r="B6" s="5">
         <v>4</v>
       </c>
       <c r="D6" s="5">
         <v>4</v>
       </c>
       <c>
         <v>4</v>
       </c>
       <c>
         <v>4</v>
       </c>
       <c s="5"/>
-      <c r="I6" s="14">
+      <c r="I6" s="11">
         <v>4</v>
       </c>
       <c s="10">
         <v>4</v>
       </c>
       <c s="10">
         <v>4</v>
       </c>
       <c r="N6" s="5">
         <v>4</v>
       </c>
       <c s="5">
         <v>4</v>
       </c>
     </row>
     <row>
-      <c r="B7" s="4">
+      <c r="B7" s="3">
         <v>5</v>
       </c>
-      <c r="D7" s="4">
+      <c r="D7" s="3">
         <v>5</v>
       </c>
       <c>
         <v>5</v>
       </c>
       <c>
         <v>5</v>
       </c>
-      <c s="4"/>
-      <c r="I7" s="14">
+      <c s="3"/>
+      <c r="I7" s="11">
         <v>5</v>
       </c>
       <c s="10">
         <v>5</v>
       </c>
       <c s="10">
         <v>5</v>
       </c>
-      <c r="N7" s="4">
+      <c r="N7" s="3">
         <v>5</v>
       </c>
-      <c s="4">
+      <c s="3">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="J8" s="10"/>
       <c s="10"/>
       <c r="N8" t="s">
         <v>13</v>
       </c>
-      <c s="3">
-[...4 lines deleted...]
-      <c r="B9" s="9">
+      <c s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row>
+      <c r="B9" s="7">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
-      <c r="D9" s="9">
+      <c r="D9" s="7">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
       <c>
         <v>1</v>
       </c>
       <c>
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
-      <c s="9"/>
+      <c s="7"/>
       <c r="I9" s="12">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
       <c s="10">
         <v>1</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
-      <c r="N9" s="9">
+      <c r="N9" s="7">
         <f>SUM($B$3:$B3)</f>
         <v>1</v>
       </c>
       <c s="5">
         <v>2</v>
       </c>
     </row>
     <row>
       <c r="B10" s="8">
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
       <c r="D10" s="8">
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
       <c>
         <v>3</v>
       </c>
       <c>
         <f>SUM($B$3:$B4)</f>
         <v>3</v>
       </c>
       <c s="8"/>
       <c r="I10" s="12">
@@ -1690,87 +1690,87 @@
         <v>10</v>
       </c>
       <c>
         <v>10</v>
       </c>
       <c>
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
       <c s="8"/>
       <c r="I12" s="12">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
       <c s="10">
         <v>10</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
       <c r="N12" s="8">
         <f>SUM($B$3:$B6)</f>
         <v>10</v>
       </c>
-      <c s="4">
+      <c s="3">
         <v>5</v>
       </c>
     </row>
     <row>
-      <c r="B13" s="7">
+      <c r="B13" s="9">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
-      <c r="D13" s="7">
+      <c r="D13" s="9">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
       <c>
         <v>15</v>
       </c>
       <c>
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
-      <c s="7"/>
+      <c s="9"/>
       <c r="I13" s="12">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
       <c s="10">
         <v>15</v>
       </c>
       <c s="10">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
-      <c r="N13" s="7">
+      <c r="N13" s="9">
         <f>SUM($B$3:$B7)</f>
         <v>15</v>
       </c>
-      <c s="3">
+      <c s="4">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="O14" s="5">
         <v>2</v>
       </c>
     </row>
     <row>
       <c r="B15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D15">
         <v>1</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>3</v>
       </c>
       <c>
         <v>4</v>
       </c>
       <c>
@@ -1785,68 +1785,68 @@
       <c>
         <v>6</v>
       </c>
       <c>
         <v>10</v>
       </c>
       <c>
         <v>15</v>
       </c>
       <c s="5">
         <v>3</v>
       </c>
     </row>
     <row>
       <c r="O16" s="5">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="D17" s="1" t="s">
         <v>6</v>
       </c>
       <c s="1"/>
       <c s="1"/>
       <c s="1"/>
-      <c r="O17" s="4">
+      <c r="O17" s="3">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="D18" s="6" t="s">
         <v>15</v>
       </c>
       <c s="6" t="s">
         <v>5</v>
       </c>
       <c s="6" t="s">
         <v>17</v>
       </c>
       <c s="6" t="s">
         <v>11</v>
       </c>
-      <c r="O18" s="3">
+      <c r="O18" s="4">
         <v>1</v>
       </c>
     </row>
     <row>
       <c r="D19">
         <v>2</v>
       </c>
       <c>
         <v>0</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c>
         <v>2</v>
       </c>
       <c r="O19" s="5">
         <v>2</v>
       </c>
     </row>
     <row>
       <c r="D20">
         <v>3</v>
       </c>
       <c>
@@ -1870,51 +1870,51 @@
         <v>-2</v>
       </c>
       <c>
         <v>6</v>
       </c>
       <c>
         <v>0.6666666666666666</v>
       </c>
       <c r="O21" s="5">
         <v>4</v>
       </c>
     </row>
     <row>
       <c r="D22">
         <v>5</v>
       </c>
       <c>
         <v>-3</v>
       </c>
       <c>
         <v>8</v>
       </c>
       <c>
         <v>0.5</v>
       </c>
-      <c r="O22" s="4">
+      <c r="O22" s="3">
         <v>5</v>
       </c>
     </row>
     <row>
       <c r="D23">
         <v>6</v>
       </c>
       <c>
         <v>-4</v>
       </c>
       <c>
         <v>10</v>
       </c>
       <c>
         <v>0.4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D1:M1"/>
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="D17:G17"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B3:B7 D3:D7 I3:I7 M3:N7 O3:O22">