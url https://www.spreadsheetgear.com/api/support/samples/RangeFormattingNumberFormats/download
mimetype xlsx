--- v0 (2025-11-02)
+++ v1 (2025-11-25)
@@ -167,59 +167,59 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="18" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="13" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="11" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -485,73 +485,73 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.07421875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
-      <c s="4">
+      <c s="6">
+        <v>1234.5678</v>
+      </c>
+    </row>
+    <row>
+      <c s="7">
+        <v>1234.5678</v>
+      </c>
+    </row>
+    <row>
+      <c s="8">
+        <v>1234.5678</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <v>1234.5678</v>
+      </c>
+    </row>
+    <row>
+      <c s="2">
+        <v>1234.5678</v>
+      </c>
+    </row>
+    <row>
+      <c s="3">
+        <v>1234.5678</v>
+      </c>
+    </row>
+    <row>
+      <c s="5">
         <v>1234.5678</v>
       </c>
     </row>
     <row>
       <c s="9">
         <v>1234.5678</v>
       </c>
     </row>
     <row>
-      <c s="2">
-[...29 lines deleted...]
-      <c s="5" t="s">
+      <c s="4" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>