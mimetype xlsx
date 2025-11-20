--- v0 (2025-10-27)
+++ v1 (2025-11-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
   <si>
     <t>Unique Values</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="17">
     <font>
       <sz val="11"/>
@@ -497,87 +497,87 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="12.73046875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A3">RAND() * 1000</f>
-        <v>906.0432160485492</v>
+        <v>298.49982998793666</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0"/>
-        <v>36.500639430273374</v>
+        <v>419.8842607366062</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1" ref="A5:A6">RAND() * 1000</f>
-        <v>634.9949246129922</v>
+        <v>54.95660957245274</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="1"/>
-        <v>167.47766579057634</v>
+        <v>506.52316182145984</v>
       </c>
     </row>
     <row>
       <c s="1">
         <v>100</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2" ref="A8:A11">RAND() * 1000</f>
-        <v>899.6237090396013</v>
+        <v>147.5315393220855</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>313.13871917878976</v>
+        <v>159.0617350348511</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>357.4342911456654</v>
+        <v>892.7037567965792</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="2"/>
-        <v>521.0654827918653</v>
+        <v>360.2757336504387</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="duplicateValues" dxfId="0" priority="1" stopIfTrue="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>