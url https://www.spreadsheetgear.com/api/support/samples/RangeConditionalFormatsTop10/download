--- v0 (2025-11-08)
+++ v1 (2025-12-04)
@@ -495,89 +495,89 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>9126.80553358218</v>
-[...53 lines deleted...]
-        <v>1171.1317245836383</v>
+        <v>6709.9004901524495</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>831.4899522898678</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7461.909820754453</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3720.5299200811305</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7337.52300679087</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8527.933645706644</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6814.407021376683</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7105.89760487526</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4857.902986453313</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7523.338441082404</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="top10" dxfId="0" priority="1" stopIfTrue="1" rank="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>