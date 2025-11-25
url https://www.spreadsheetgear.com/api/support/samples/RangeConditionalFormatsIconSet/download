--- v0 (2025-10-23)
+++ v1 (2025-11-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
   <si>
     <t>Icon Set</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="17">
     <font>
       <sz val="11"/>
@@ -484,97 +484,97 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.41015625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>2959.6652271949165</v>
-[...53 lines deleted...]
-        <v>3893.4525543645473</v>
+        <v>3304.3347624930507</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5103.777084190088</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2544.9725728030526</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8837.910889180423</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>346.7334081538187</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4142.073660003369</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1628.552503585796</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4418.698570358908</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5232.745925711768</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7406.584432918173</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="iconSet" priority="1">
       <iconSet iconSet="5Arrows">
         <cfvo type="percent" val="0"/>
         <cfvo type="percent" val="20"/>
         <cfvo type="percent" val="40"/>
         <cfvo type="percent" val="60"/>
         <cfvo type="percent" val="80"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>