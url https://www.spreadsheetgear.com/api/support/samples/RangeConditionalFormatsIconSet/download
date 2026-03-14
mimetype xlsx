--- v1 (2025-11-25)
+++ v2 (2026-03-14)
@@ -484,97 +484,97 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.41015625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 10000</f>
-        <v>3304.3347624930507</v>
-[...53 lines deleted...]
-        <v>7406.584432918173</v>
+        <v>2343.6111718627826</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8335.512093672647</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6890.392330410835</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1057.283351763756</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4340.938600295239</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5119.149449460166</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1885.9290945212858</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6265.123704997677</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2968.7105445783236</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7982.795382043131</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="iconSet" priority="1">
       <iconSet iconSet="5Arrows">
         <cfvo type="percent" val="0"/>
         <cfvo type="percent" val="20"/>
         <cfvo type="percent" val="40"/>
         <cfvo type="percent" val="60"/>
         <cfvo type="percent" val="80"/>
       </iconSet>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>