--- v0 (2025-10-28)
+++ v1 (2025-11-19)
@@ -1,171 +1,159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
-    <workbookView xWindow="3420" yWindow="1210" windowWidth="24780" windowHeight="20390"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="12975"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>.NET Framework 1.0</t>
   </si>
   <si>
     <t>.NET Framework 3.0</t>
   </si>
   <si>
     <t>January 15, 2002</t>
   </si>
   <si>
-    <t>July 20, 2015</t>
-[...4 lines deleted...]
-  <si>
     <t>November 8, 2022</t>
   </si>
   <si>
-    <t>.NET Core 2.1</t>
-[...4 lines deleted...]
-  <si>
     <t>.NET 8</t>
   </si>
   <si>
+    <t>November 11, 2025</t>
+  </si>
+  <si>
     <t>November 10, 2020</t>
   </si>
   <si>
     <t>.NET Version</t>
   </si>
   <si>
-    <t>May 30, 2018</t>
-[...1 lines deleted...]
-  <si>
     <t>.NET Framework 1.1</t>
   </si>
   <si>
     <t>.NET Framework 3.5</t>
   </si>
   <si>
     <t>August 14, 2017</t>
   </si>
   <si>
     <t>.NET Core 1.0</t>
   </si>
   <si>
-    <t>.NET Core 2.2</t>
-[...1 lines deleted...]
-  <si>
     <t>.NET Core 3.0</t>
   </si>
   <si>
-    <t>.NET Framework 4.7</t>
-[...1 lines deleted...]
-  <si>
     <t>November 6, 2006</t>
   </si>
   <si>
     <t>.NET 5</t>
   </si>
   <si>
     <t>November 14, 2023</t>
   </si>
   <si>
+    <t>.NET 9</t>
+  </si>
+  <si>
+    <t>November 12, 2024</t>
+  </si>
+  <si>
     <t>December 3, 2019</t>
   </si>
   <si>
     <t>.NET Framework 2.0</t>
   </si>
   <si>
     <t>.NET Framework 4.0</t>
   </si>
   <si>
     <t>.NET Core 1.1</t>
   </si>
   <si>
     <t>.NET Core 3.1</t>
   </si>
   <si>
     <t>.NET Framework 4.8</t>
   </si>
   <si>
     <t>October 27, 2005</t>
   </si>
   <si>
     <t>November 1, 2007</t>
   </si>
   <si>
     <t>August 15, 2012</t>
   </si>
   <si>
     <t>June 27, 2016</t>
   </si>
   <si>
     <t>November 16, 2016</t>
   </si>
   <si>
     <t>.NET 6</t>
   </si>
   <si>
     <t>April 9, 2003</t>
   </si>
   <si>
     <t>Release Date</t>
   </si>
   <si>
+    <t>.NET 10</t>
+  </si>
+  <si>
     <t>.NET Framework 4.5</t>
-  </si>
-[...1 lines deleted...]
-    <t>December 4, 2018</t>
   </si>
   <si>
     <t>September 23, 2019</t>
   </si>
   <si>
     <t>November 8, 2021</t>
   </si>
   <si>
     <t>.NET Core 2.0</t>
   </si>
   <si>
     <t>April 12, 2010</t>
   </si>
   <si>
     <t>April 18, 2019</t>
   </si>
   <si>
     <t>.NET 7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -306,115 +294,115 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -476,51 +464,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -618,238 +606,224 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <dimension ref="A1:B22"/>
+  <dimension ref="A1:B20"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B20" sqref="B20"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="1" width="22.1796875" customWidth="1"/>
-    <col min="2" max="2" width="19.81640625" customWidth="1"/>
+    <col min="1" max="1" width="22.19921875" customWidth="1"/>
+    <col min="2" max="2" width="19.796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="1" t="s">
+        <v>7</v>
+      </c>
+      <c s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>0</v>
+      </c>
+      <c s="2" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>8</v>
+      </c>
+      <c s="2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>19</v>
+      </c>
+      <c s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>1</v>
+      </c>
+      <c s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>9</v>
+      </c>
+      <c s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>20</v>
+      </c>
+      <c s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>33</v>
+      </c>
+      <c s="2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>23</v>
+      </c>
+      <c s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>11</v>
+      </c>
+      <c s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>21</v>
+      </c>
+      <c s="2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>36</v>
+      </c>
+      <c s="2" t="s">
         <v>10</v>
       </c>
-      <c s="1" t="s">
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>12</v>
+      </c>
+      <c s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>22</v>
+      </c>
+      <c s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>14</v>
+      </c>
+      <c s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>29</v>
+      </c>
+      <c s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
-[...58 lines deleted...]
-      <c s="3" t="s">
+      <c s="3" t="s">
+        <v>39</v>
+      </c>
+      <c s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row>
-      <c s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c s="3" t="s">
         <v>4</v>
       </c>
-    </row>
-[...8 lines deleted...]
-    <row>
       <c s="2" t="s">
         <v>15</v>
       </c>
-      <c s="3" t="s">
-[...6 lines deleted...]
-      </c>
+    </row>
+    <row>
+      <c s="3" t="s">
+        <v>16</v>
+      </c>
+      <c s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row>
       <c s="3" t="s">
         <v>32</v>
       </c>
-    </row>
-[...60 lines deleted...]
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row>
-[...6 lines deleted...]
-    </row>
   </sheetData>
-  <conditionalFormatting sqref="A2:B22">
+  <conditionalFormatting sqref="A2:B20">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>ISNUMBER(SEARCH("November",$B2))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FFC68C90D5521046AF76AC4C5634643B</vt:lpwstr>
   </property>
 </Properties>
 </file>