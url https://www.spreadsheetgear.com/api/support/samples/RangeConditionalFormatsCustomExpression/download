--- v1 (2025-11-19)
+++ v2 (2026-03-10)
@@ -294,54 +294,54 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -627,198 +627,198 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="B20" sqref="B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="22.19921875" customWidth="1"/>
     <col min="2" max="2" width="19.796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="1" t="s">
         <v>7</v>
       </c>
       <c s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>0</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>8</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>19</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>1</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>9</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>20</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>37</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>33</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>23</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>38</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>11</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>21</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>36</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>12</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>22</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>14</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>29</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>39</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>4</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>16</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row>
-      <c s="3" t="s">
+      <c s="2" t="s">
         <v>32</v>
       </c>
-      <c s="2" t="s">
+      <c s="3" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:B20">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>ISNUMBER(SEARCH("November",$B2))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">