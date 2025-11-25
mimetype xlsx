--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -165,80 +165,80 @@
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9"/>
+        <fgColor theme="9" tint="0.5999938962981048"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.5999938962981048"/>
+        <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="0" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.7999816888943144"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -516,309 +516,309 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>0</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>1</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>3</v>
       </c>
-      <c s="1" t="s">
+      <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
-      <c s="2">
+      <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>753.4514942116193</v>
-[...245 lines deleted...]
-        <v>529.3995822021635</v>
+        <v>439.940175557787</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>611.216990930271</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>815.7577791751054</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>670.1765078938732</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>759.2007985149233</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>772.4991406296544</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>452.1909868884917</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>791.3749420960298</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>695.2617780947623</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>904.5629252753029</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>413.23560325076335</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>814.5800917870494</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>975.1201004740011</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>621.5154364907089</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>257.4294667093433</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>787.8573712895758</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>281.7802554054838</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>406.60729253066387</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>694.008134539125</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>216.50598874178772</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>111.64075114617589</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>724.4127969469334</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>622.8632188014593</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>330.3256105771837</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>524.9358731357487</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>21.193534548368476</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>214.95098910748922</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>25.141410480283177</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>668.1880466978516</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>485.54992200111525</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>404.44662419222334</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>118.36769511576861</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>581.4504689705435</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>689.8383632195388</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>526.6021105017469</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>192.3966558627326</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>899.965250535649</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>776.2527446704013</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>605.9910242060606</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>352.62072815015523</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>822.9214562314863</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>603.309470905522</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>918.9559303085506</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>688.5526008961414</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>179.1239509086413</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>527.1151959790785</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>658.7496835266595</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>464.3063995685228</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>477.20634025631534</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>372.1714895388937</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>324.88752766580654</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>598.8636449296339</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>810.969038422054</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>728.0155957383032</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>312.06035492449666</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>544.8873661129659</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>