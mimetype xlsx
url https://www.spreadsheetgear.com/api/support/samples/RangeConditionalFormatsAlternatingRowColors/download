--- v1 (2025-11-25)
+++ v2 (2025-12-15)
@@ -532,293 +532,293 @@
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="2" t="s">
         <v>0</v>
       </c>
       <c s="2" t="s">
         <v>1</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>439.940175557787</v>
-[...245 lines deleted...]
-        <v>544.8873661129659</v>
+        <v>574.2220270561269</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>209.94447805498862</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>635.8546357145398</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>345.5768067398957</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>892.9187586262541</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>693.4015357870215</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>529.6111016172179</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>891.6711886993082</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>752.601833843638</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>976.0803199943133</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>244.13915805218255</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>750.8573439733137</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>509.30464231125507</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>384.0979965744964</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>906.786571897058</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>928.9287508540784</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>171.3825739778363</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>521.5402649057701</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>202.39180891628638</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>343.88803701423944</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>712.755758770844</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>566.037526962405</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>121.23192460753351</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>139.5826213650251</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>761.293936994643</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>287.6653275530705</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>560.2491980286253</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>831.9603540456617</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>995.2959437291681</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>995.2961756842304</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>870.7840068248158</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>683.7747156995296</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>168.52871243364388</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>0.3572320590672362</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>329.1386957161091</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>410.4775431097192</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>283.66543248464194</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>583.0410361225855</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>115.63400305984484</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>148.29070717050018</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>133.52669442835196</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>793.1252447993807</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>980.227694847704</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>525.9500286594987</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>890.2782853914015</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>749.9493612472587</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>539.1867322706894</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>549.3853404426145</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>457.01591696881394</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>508.8729629546442</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>253.95017621376326</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>81.07349151576138</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>710.770195787294</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>239.0254098451079</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>483.49962396529645</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>91.91764468812823</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>