--- v2 (2025-12-15)
+++ v3 (2026-03-12)
@@ -532,293 +532,293 @@
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="4" width="10.29296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c s="2" t="s">
         <v>0</v>
       </c>
       <c s="2" t="s">
         <v>1</v>
       </c>
       <c s="2" t="s">
         <v>3</v>
       </c>
       <c s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D15">RAND()*1000</f>
-        <v>574.2220270561269</v>
-[...245 lines deleted...]
-        <v>91.91764468812823</v>
+        <v>775.151279817516</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>504.44139450582435</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>16.820624194493483</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>729.0468257658755</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>190.37600849597513</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>163.4842806918586</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>929.9010640176296</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>194.80072771451873</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>531.3665221700594</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>216.21313709124922</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>229.79465353150454</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>743.1576993317597</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>472.43139162517343</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>859.3379518057071</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>27.169604529821534</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>201.2634565825424</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>663.0217209107441</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>456.8900563949416</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>339.9010821582102</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>885.3693459493517</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>123.39105327614507</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>394.18412721241845</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>551.6278171898064</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>366.0980231783011</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>45.463052165654716</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>58.581721307779944</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>486.19912107097105</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>773.5089622641498</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>662.7063366828852</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>415.1005291608731</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>295.2184673737026</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>837.78541835522</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>21.167347829869065</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>574.0746174572404</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>865.8576148345007</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>745.0322954957924</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>880.1508333749562</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>337.9660075854716</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>326.6492127041065</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>47.91924831822403</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>474.1298862377947</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>390.14066429163296</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>563.7355297053404</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>182.15498310492694</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>93.87572928256382</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>288.6177593218786</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>41.33770337866416</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>768.635361635261</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>13.453635072163905</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>159.1315220799574</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>427.63870657913384</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>435.57101400197416</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>822.9451546676377</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>53.36383478633788</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>112.57639630927763</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>431.176512212585</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:D15">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>