--- v0 (2025-11-01)
+++ v1 (2025-11-25)
@@ -498,89 +498,89 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="13.26171875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:A11">RAND() * 1000</f>
-        <v>878.0793603080692</v>
-[...53 lines deleted...]
-        <v>720.9064735377622</v>
+        <v>40.98078963509444</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>227.18363274949294</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>137.0047862772985</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>241.68298163247303</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>625.495994073086</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9.996347273336426</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>17.0975784745373</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>402.75503254390264</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>163.05353911838782</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>479.75141029228394</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="A2:A11">
     <cfRule type="aboveAverage" dxfId="0" priority="1" stopIfTrue="1" equalAverage="1"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>