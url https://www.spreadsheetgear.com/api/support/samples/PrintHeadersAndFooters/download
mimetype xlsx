--- v0 (2025-10-25)
+++ v1 (2025-11-18)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/media/image1.png" ContentType="image/png"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/vmlDrawing1.vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-93" yWindow="-93" windowWidth="25786" windowHeight="13986"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>North</t>
   </si>
   <si>
     <t>South</t>
   </si>
   <si>
     <t>West</t>
   </si>
   <si>
     <t>East</t>
   </si>
@@ -513,202 +513,202 @@
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>3</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D10">RAND()*10000</f>
-        <v>3970.068645338252</v>
-[...155 lines deleted...]
-        <v>8074.9661511679</v>
+        <v>7367.501054503052</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2546.8719581209066</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2241.168780800722</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9945.741940946027</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4889.638937059289</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7224.992751852239</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5759.086295045375</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7848.024923545225</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1247.7284306777835</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>947.7353353986028</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4152.602396760852</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2673.5317113927335</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5167.165416094103</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4541.527604595217</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7953.787160639081</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5529.580806185992</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7598.394717457318</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7140.191259323716</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6895.938735522309</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3307.864341676323</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>376.4282317360301</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4451.184817807006</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8635.336734320224</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2842.7451926151016</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4338.921579288773</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5979.635665642515</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5657.748424326208</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2915.8667191730283</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>544.5380507442454</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1334.3980843089032</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8476.866347327237</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8552.714002260453</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3787.1285791815535</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1244.3229509303055</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>115.333450188837</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7681.432721648535</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;B&amp;U&amp;16&amp;"Arial"SpreadsheetGear Report&amp;RPage &amp;P of &amp;N</oddHeader>
     <oddFooter>&amp;L&amp;D &amp;T&amp;R&amp;I'&amp;F'!&amp;A</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>