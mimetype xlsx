--- v1 (2025-11-18)
+++ v2 (2025-12-14)
@@ -513,202 +513,202 @@
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.35"/>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
       <c t="s">
         <v>3</v>
       </c>
       <c t="s">
         <v>1</v>
       </c>
       <c t="s">
         <v>2</v>
       </c>
     </row>
     <row>
       <c s="1">
         <f ca="1" t="shared" si="0" ref="A2:D10">RAND()*10000</f>
-        <v>7367.501054503052</v>
-[...155 lines deleted...]
-        <v>7681.432721648535</v>
+        <v>9295.560210972199</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>605.8827996313631</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5222.862104137853</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7046.832818840931</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>782.84497131615</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9235.967702494454</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6917.57614439858</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4241.454816048522</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1597.6594530380783</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5873.14988027499</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1834.1776505098917</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2507.8213279919746</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>7925.891704052992</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6442.416627871781</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1202.2223821850807</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8542.512094816006</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5456.082958466224</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3805.4783230944445</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4627.165744042765</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4435.75831122943</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2107.1803495196127</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4622.339337743701</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8825.65163877894</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4056.256216593628</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4932.241538106466</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>1797.1065220178327</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>4308.5312533950755</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>8549.782153956417</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>9386.893040672523</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>5831.420667199652</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>2859.4229767511515</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>6189.166608053282</v>
+      </c>
+    </row>
+    <row>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3138.4965574382927</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>154.64297838820863</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3838.9875572251062</v>
+      </c>
+      <c s="1">
+        <f ca="1" t="shared" si="0"/>
+        <v>3931.438446683142</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;B&amp;U&amp;16&amp;"Arial"SpreadsheetGear Report&amp;RPage &amp;P of &amp;N</oddHeader>
     <oddFooter>&amp;L&amp;D &amp;T&amp;R&amp;I'&amp;F'!&amp;A</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Tim Andersen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>