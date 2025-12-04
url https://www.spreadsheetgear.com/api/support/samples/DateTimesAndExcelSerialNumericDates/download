--- v0 (2025-10-26)
+++ v1 (2025-12-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Input from .NET DateTime:</t>
   </si>
   <si>
     <t>IWorkbook.NumberToDateTime() converts the serial date 44196.75 to the .NET DateTime '2020-12-31 06:00:00 PM'.</t>
   </si>
   <si>
     <t>IWorkbook.DateTimeToNumber() converts the .NET DateTime 12/31/2020 6:00:00 PM to the serial date '44196.75'.</t>
   </si>
   <si>
     <t>From from Formula:</t>
   </si>
@@ -178,52 +178,52 @@
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -493,52 +493,52 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="24.98828125" customWidth="1"/>
     <col min="2" max="2" width="20.98828125" customWidth="1"/>
   </cols>
   <sheetData>
     <row>
       <c t="s">
         <v>0</v>
       </c>
-      <c s="2">
+      <c s="1">
         <v>44196.75</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>3</v>
       </c>
-      <c s="1">
+      <c s="2">
         <f>DATE(2020, 12, 31) + TIME(18, 0, 0)</f>
         <v>44196.75</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>1</v>
       </c>
     </row>
     <row>
       <c t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>