--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="My Chart Sheet" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="18">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -623,170 +623,170 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A1:D8">RANDBETWEEN(1, 100)</f>
-        <v>76</v>
-[...11 lines deleted...]
-        <v>16</v>
+        <v>57</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>96</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>12</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>24</v>
-[...11 lines deleted...]
-        <v>23</v>
+        <v>70</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>14</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>62</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>81</v>
-[...11 lines deleted...]
-        <v>43</v>
+        <v>69</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>93</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>76</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>56</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>38</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>98</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>64</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>6</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>1</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>5</v>
-[...11 lines deleted...]
-        <v>79</v>
+        <v>40</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>43</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>17</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>55</v>
-[...11 lines deleted...]
-        <v>80</v>
+        <v>25</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>69</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>79</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>70</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>29</v>
-[...11 lines deleted...]
-        <v>43</v>
+        <v>75</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>13</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>41</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>26</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>98</v>
+        <v>83</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>49</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>97</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>86</v>
-      </c>
-[...6 lines deleted...]
-        <v>94</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>