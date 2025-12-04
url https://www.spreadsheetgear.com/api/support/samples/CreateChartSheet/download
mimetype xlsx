--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -623,170 +623,170 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData>
     <row>
       <c>
         <f ca="1" t="shared" si="0" ref="A1:D8">RANDBETWEEN(1, 100)</f>
-        <v>57</v>
-[...3 lines deleted...]
-        <v>96</v>
+        <v>4</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>12</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>12</v>
+        <v>34</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>32</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>70</v>
-[...7 lines deleted...]
-        <v>32</v>
+        <v>88</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>62</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>89</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>35</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>69</v>
-[...11 lines deleted...]
-        <v>56</v>
+        <v>12</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>53</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>24</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>98</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>23</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>23</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>80</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>40</v>
-[...11 lines deleted...]
-        <v>17</v>
+        <v>52</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>42</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>59</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>35</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>25</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
+        <v>37</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>63</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
         <v>69</v>
-      </c>
-[...6 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>75</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>99</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>80</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>23</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>58</v>
       </c>
     </row>
     <row>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>83</v>
-[...11 lines deleted...]
-        <v>86</v>
+        <v>19</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>38</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>