--- v0 (2025-10-29)
+++ v1 (2025-11-23)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fileVersion appName="SpreadsheetGear 9.3.48.102"/>
+  <fileVersion appName="SpreadsheetGear 9.3.52.102"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="480" yWindow="60" windowWidth="18075" windowHeight="9900"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="40001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="20">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
@@ -682,549 +682,549 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2">
         <f ca="1" t="shared" si="0" ref="G2:J30">INT(RAND() * 500) + 150</f>
-        <v>183</v>
-[...11 lines deleted...]
-        <v>333</v>
+        <v>448</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>435</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>428</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>294</v>
       </c>
     </row>
     <row>
       <c r="G3">
         <f ca="1" t="shared" si="0"/>
+        <v>213</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>609</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>521</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>608</v>
+      </c>
+    </row>
+    <row>
+      <c r="G4">
+        <f ca="1" t="shared" si="0"/>
+        <v>314</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>403</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>285</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>345</v>
+      </c>
+    </row>
+    <row>
+      <c r="G5">
+        <f ca="1" t="shared" si="0"/>
+        <v>424</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>648</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>518</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>481</v>
+      </c>
+    </row>
+    <row>
+      <c r="G6">
+        <f ca="1" t="shared" si="0"/>
+        <v>381</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>259</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>404</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>388</v>
+      </c>
+    </row>
+    <row>
+      <c r="G7">
+        <f ca="1" t="shared" si="0"/>
+        <v>568</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>407</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>610</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>172</v>
+      </c>
+    </row>
+    <row>
+      <c r="G8">
+        <f ca="1" t="shared" si="0"/>
+        <v>606</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>386</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>565</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>641</v>
+      </c>
+    </row>
+    <row>
+      <c r="G9">
+        <f ca="1" t="shared" si="0"/>
+        <v>460</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>355</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>460</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>428</v>
+      </c>
+    </row>
+    <row>
+      <c r="G10">
+        <f ca="1" t="shared" si="0"/>
+        <v>178</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>618</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>417</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>457</v>
+      </c>
+    </row>
+    <row>
+      <c r="G11">
+        <f ca="1" t="shared" si="0"/>
+        <v>507</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>607</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>473</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>562</v>
+      </c>
+    </row>
+    <row>
+      <c r="G12">
+        <f ca="1" t="shared" si="0"/>
+        <v>167</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>605</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>597</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>440</v>
+      </c>
+    </row>
+    <row>
+      <c r="G13">
+        <f ca="1" t="shared" si="0"/>
+        <v>428</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>554</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>268</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>375</v>
+      </c>
+    </row>
+    <row>
+      <c r="G14">
+        <f ca="1" t="shared" si="0"/>
+        <v>405</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>190</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>596</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>434</v>
+      </c>
+    </row>
+    <row>
+      <c r="G15">
+        <f ca="1" t="shared" si="0"/>
+        <v>240</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>573</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>221</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>466</v>
+      </c>
+    </row>
+    <row>
+      <c r="G16">
+        <f ca="1" t="shared" si="0"/>
+        <v>443</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>471</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>556</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>219</v>
+      </c>
+    </row>
+    <row>
+      <c r="G17">
+        <f ca="1" t="shared" si="0"/>
+        <v>321</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>202</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>484</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>182</v>
+      </c>
+    </row>
+    <row>
+      <c r="G18">
+        <f ca="1" t="shared" si="0"/>
+        <v>639</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>174</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>368</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>519</v>
+      </c>
+    </row>
+    <row>
+      <c r="G19">
+        <f ca="1" t="shared" si="0"/>
+        <v>376</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>322</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>473</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>596</v>
+      </c>
+    </row>
+    <row>
+      <c r="G20">
+        <f ca="1" t="shared" si="0"/>
+        <v>209</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>296</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>238</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>593</v>
+      </c>
+    </row>
+    <row>
+      <c r="G21">
+        <f ca="1" t="shared" si="0"/>
+        <v>588</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>345</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>463</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>305</v>
+      </c>
+    </row>
+    <row>
+      <c r="G22">
+        <f ca="1" t="shared" si="0"/>
+        <v>189</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>563</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>574</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>214</v>
+      </c>
+    </row>
+    <row>
+      <c r="G23">
+        <f ca="1" t="shared" si="0"/>
+        <v>154</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>205</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>568</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>296</v>
+      </c>
+    </row>
+    <row>
+      <c r="G24">
+        <f ca="1" t="shared" si="0"/>
+        <v>424</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>255</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>609</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>172</v>
+      </c>
+    </row>
+    <row>
+      <c r="G25">
+        <f ca="1" t="shared" si="0"/>
+        <v>622</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>637</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>278</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>608</v>
+      </c>
+    </row>
+    <row>
+      <c r="G26">
+        <f ca="1" t="shared" si="0"/>
+        <v>597</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
         <v>159</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>400</v>
-[...161 lines deleted...]
-        <v>586</v>
+        <v>335</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>496</v>
+      </c>
+    </row>
+    <row>
+      <c r="G27">
+        <f ca="1" t="shared" si="0"/>
+        <v>416</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>555</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>462</v>
-[...25 lines deleted...]
-      <c>
+        <v>225</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>311</v>
+      </c>
+    </row>
+    <row>
+      <c r="G28">
         <f ca="1" t="shared" si="0"/>
         <v>645</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>601</v>
-[...179 lines deleted...]
-        <v>328</v>
+        <v>379</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>300</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>613</v>
+      </c>
+    </row>
+    <row>
+      <c r="G29">
+        <f ca="1" t="shared" si="0"/>
+        <v>639</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>268</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>329</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>455</v>
+      </c>
+    </row>
+    <row>
+      <c r="G30">
+        <f ca="1" t="shared" si="0"/>
+        <v>158</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>223</v>
       </c>
-    </row>
-[...105 lines deleted...]
-        <v>596</v>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>547</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>461</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>