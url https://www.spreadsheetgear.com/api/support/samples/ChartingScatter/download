--- v1 (2025-11-23)
+++ v2 (2025-12-14)
@@ -682,549 +682,549 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <dimension ref="G2:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.1"/>
   <sheetData>
     <row r="2">
       <c r="G2">
         <f ca="1" t="shared" si="0" ref="G2:J30">INT(RAND() * 500) + 150</f>
-        <v>448</v>
-[...11 lines deleted...]
-        <v>294</v>
+        <v>640</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>174</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>559</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>584</v>
       </c>
     </row>
     <row>
       <c r="G3">
         <f ca="1" t="shared" si="0"/>
+        <v>509</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>347</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>353</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>245</v>
+      </c>
+    </row>
+    <row>
+      <c r="G4">
+        <f ca="1" t="shared" si="0"/>
+        <v>556</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>481</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>486</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>372</v>
+      </c>
+    </row>
+    <row>
+      <c r="G5">
+        <f ca="1" t="shared" si="0"/>
+        <v>514</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>571</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>331</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>403</v>
+      </c>
+    </row>
+    <row>
+      <c r="G6">
+        <f ca="1" t="shared" si="0"/>
+        <v>522</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>604</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>416</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>295</v>
+      </c>
+    </row>
+    <row>
+      <c r="G7">
+        <f ca="1" t="shared" si="0"/>
+        <v>474</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>459</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>350</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>263</v>
+      </c>
+    </row>
+    <row>
+      <c r="G8">
+        <f ca="1" t="shared" si="0"/>
+        <v>287</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>270</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>158</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>316</v>
+      </c>
+    </row>
+    <row>
+      <c r="G9">
+        <f ca="1" t="shared" si="0"/>
+        <v>617</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>577</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>385</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>340</v>
+      </c>
+    </row>
+    <row>
+      <c r="G10">
+        <f ca="1" t="shared" si="0"/>
+        <v>363</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>223</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>328</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>580</v>
+      </c>
+    </row>
+    <row>
+      <c r="G11">
+        <f ca="1" t="shared" si="0"/>
+        <v>308</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>367</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>600</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>240</v>
+      </c>
+    </row>
+    <row>
+      <c r="G12">
+        <f ca="1" t="shared" si="0"/>
+        <v>643</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>479</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>578</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>568</v>
+      </c>
+    </row>
+    <row>
+      <c r="G13">
+        <f ca="1" t="shared" si="0"/>
+        <v>502</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>547</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>314</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>272</v>
+      </c>
+    </row>
+    <row>
+      <c r="G14">
+        <f ca="1" t="shared" si="0"/>
+        <v>429</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>444</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>349</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>456</v>
+      </c>
+    </row>
+    <row>
+      <c r="G15">
+        <f ca="1" t="shared" si="0"/>
+        <v>165</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>605</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>590</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>256</v>
+      </c>
+    </row>
+    <row>
+      <c r="G16">
+        <f ca="1" t="shared" si="0"/>
+        <v>517</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>318</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>314</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>560</v>
+      </c>
+    </row>
+    <row>
+      <c r="G17">
+        <f ca="1" t="shared" si="0"/>
+        <v>627</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>594</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>519</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>459</v>
+      </c>
+    </row>
+    <row>
+      <c r="G18">
+        <f ca="1" t="shared" si="0"/>
+        <v>519</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>350</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>170</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>178</v>
+      </c>
+    </row>
+    <row>
+      <c r="G19">
+        <f ca="1" t="shared" si="0"/>
+        <v>159</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>261</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>176</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>417</v>
+      </c>
+    </row>
+    <row>
+      <c r="G20">
+        <f ca="1" t="shared" si="0"/>
+        <v>396</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>396</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>639</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>469</v>
+      </c>
+    </row>
+    <row>
+      <c r="G21">
+        <f ca="1" t="shared" si="0"/>
+        <v>189</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>182</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>244</v>
+      </c>
+    </row>
+    <row>
+      <c r="G22">
+        <f ca="1" t="shared" si="0"/>
+        <v>324</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
         <v>213</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>609</v>
-[...147 lines deleted...]
-        <v>473</v>
+        <v>166</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>562</v>
       </c>
     </row>
     <row>
-      <c r="G12">
-[...23 lines deleted...]
-        <v>554</v>
+      <c r="G23">
+        <f ca="1" t="shared" si="0"/>
+        <v>166</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>581</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>433</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>180</v>
+      </c>
+    </row>
+    <row>
+      <c r="G24">
+        <f ca="1" t="shared" si="0"/>
+        <v>584</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>168</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>279</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>291</v>
+      </c>
+    </row>
+    <row>
+      <c r="G25">
+        <f ca="1" t="shared" si="0"/>
+        <v>623</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>635</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>569</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>420</v>
+      </c>
+    </row>
+    <row>
+      <c r="G26">
+        <f ca="1" t="shared" si="0"/>
+        <v>370</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>341</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>491</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>242</v>
+      </c>
+    </row>
+    <row>
+      <c r="G27">
+        <f ca="1" t="shared" si="0"/>
+        <v>375</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>555</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>535</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>427</v>
+      </c>
+    </row>
+    <row>
+      <c r="G28">
+        <f ca="1" t="shared" si="0"/>
+        <v>393</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>494</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>559</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>548</v>
+      </c>
+    </row>
+    <row>
+      <c r="G29">
+        <f ca="1" t="shared" si="0"/>
+        <v>223</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>324</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>352</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>175</v>
+      </c>
+    </row>
+    <row>
+      <c r="G30">
+        <f ca="1" t="shared" si="0"/>
+        <v>389</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
         <v>268</v>
       </c>
       <c>
         <f ca="1" t="shared" si="0"/>
-        <v>375</v>
-[...305 lines deleted...]
-        <v>461</v>
+        <v>224</v>
+      </c>
+      <c>
+        <f ca="1" t="shared" si="0"/>
+        <v>414</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>